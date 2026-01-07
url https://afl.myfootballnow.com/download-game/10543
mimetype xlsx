--- v0 (2025-10-14)
+++ v1 (2026-01-07)
@@ -368,51 +368,51 @@
   <si>
     <t>#18 Tristan Stewart - WR</t>
   </si>
   <si>
     <t>#79 John Rickey - LT</t>
   </si>
   <si>
     <t>#70 Reinaldo Allen - LG</t>
   </si>
   <si>
     <t>#65 Robert Dowd - C</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#60 Thomas Kelly - RT</t>
   </si>
   <si>
     <t>#97 Cesar Loveland - DT</t>
   </si>
   <si>
     <t>#92 Israel Jones - DT</t>
   </si>
   <si>
-    <t>#75 Joseph Dones - DT</t>
+    <t>#71 Joseph Dones - DT</t>
   </si>
   <si>
     <t>#72 Richard Kelley - RDE</t>
   </si>
   <si>
     <t>#30 Mark Galloway - CB</t>
   </si>
   <si>
     <t>#97 Douglas Foster - WLB</t>
   </si>
   <si>
     <t>#90 Norman Dunaway - WLB</t>
   </si>
   <si>
     <t>#24 Lee Taveras - CB</t>
   </si>
   <si>
     <t>#34 John Cobos - CB</t>
   </si>
   <si>
     <t>#43 Colin Martin - SS</t>
   </si>
   <si>
     <t>#40 Byron Brunson - FS</t>
   </si>