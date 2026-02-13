--- v1 (2026-01-07)
+++ v2 (2026-02-13)
@@ -671,51 +671,51 @@
   <si>
     <t>2-10-HOU 17 (11:05) 8-Lance King pass complete to 82-Bobby Walla to HOU 23 for 6 yards. Tackle by 42-Mike Nunley.</t>
   </si>
   <si>
     <t>#86 Martin Downing - WR</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>HOU 23</t>
   </si>
   <si>
     <t>Singleback 4 Wide Post and Drag</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-4-HOU 23 (10:29) 8-Lance King pass Pass knocked down by 23-David Marzano. incomplete, intended for 16-Micheal Jones.</t>
   </si>
   <si>
     <t>#17 Carl Edwards - WR</t>
   </si>
   <si>
-    <t>#18 Shawn Scanlon - WR</t>
+    <t>#83 Shawn Scanlon - WR</t>
   </si>
   <si>
     <t>#26 Lonnie Geil - SS</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>4-4-HOU 23 (10:25) 9-Jay Cutright punts 46 yards to DAY 31. Fair Catch by 10-William Parrish.</t>
   </si>
   <si>
     <t>#9 Jay Cutright - P</t>
   </si>
   <si>
     <t>#99 Jose Warf - RB</t>
   </si>
   <si>
     <t>#74 Alexander Bunker - LT</t>
   </si>
   <si>
     <t>#86 George Gamble - WR</t>
   </si>
   <si>
     <t>#44 Fidel Nix - WR</t>
   </si>