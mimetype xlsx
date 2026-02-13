--- v0 (2025-10-14)
+++ v1 (2026-02-13)
@@ -983,51 +983,51 @@
   <si>
     <t>DAY 13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>2-7-DAY 13 (0:45) 81-Michael Holmes ran to DAY 12 for 1 yards. Tackle by 52-Samuel Mannino.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>DAY 12</t>
   </si>
   <si>
     <t>3-6-DAY 12 (0:03) 9-Stephen Chadwell pass complete to 81-Michael Holmes for 12 yards. TOUCHDOWN! 81-Michael Holmes breaks down the CB. NEW 6 DAY 3</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>(0:00) Extra point GOOD by 3-Mitchell Feather. NEW 7 DAY 3</t>
   </si>
   <si>
-    <t>#3 Mitchell Feather - K</t>
+    <t>#9 Mitchell Feather - K</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>(15:00) 3-Mitchell Feather kicks 67 yards from NEW 35 to DAY -2. Touchback.</t>
   </si>
   <si>
     <t>#56 Keith Morris - C</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 12-Foster Cosenza ran to DAY 39 for 14 yards. Tackle by 41-Jeffrey Jones.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>1-10-DAY 39 (14:21) 8-Joseph Peterson pass Pass knocked down by 56-Roy Rivera. incomplete, intended for 33-William Campbell. Pressure by 90-Andrew Vazquez.</t>
   </si>