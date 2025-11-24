--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -545,51 +545,51 @@
   <si>
     <t>#76 Patrick Bobo - LT</t>
   </si>
   <si>
     <t>#78 Forrest Myers - LG</t>
   </si>
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#61 Charles Turner - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#98 Shane Shepherd - LDE</t>
   </si>
   <si>
     <t>#97 Cesar Loveland - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
-    <t>#54 Roger White - SLB</t>
+    <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#42 Oscar Reyes - CB</t>
   </si>
   <si>
     <t>#45 Denny Bixler - CB</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>Iow 33</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-4-Iow 33 (13:05) 14-Richard Huff pass complete to 81-Charles Bjorklund to Iow 36 for 3 yards. Tackle by 34-Oscar Reyes. 81-Charles Bjorklund did some fancy footwork there.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>