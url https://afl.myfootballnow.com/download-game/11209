--- v1 (2025-11-24)
+++ v2 (2026-02-01)
@@ -416,51 +416,51 @@
   <si>
     <t>#41 Humberto Cheatham - SS</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-4-HOU 31 (14:26) 87-Daniel Mabry ran to HOU 30 for -1 yards. Tackle by 90-Warren Cruz.</t>
   </si>
   <si>
     <t>#83 Bobby Walla - WR</t>
   </si>
   <si>
-    <t>#18 Shawn Scanlon - WR</t>
+    <t>#83 Shawn Scanlon - WR</t>
   </si>
   <si>
     <t>#17 Carl Edwards - WR</t>
   </si>
   <si>
     <t>#74 Alexander Bunker - LT</t>
   </si>
   <si>
     <t>#50 Kevin Zayas - LG</t>
   </si>
   <si>
     <t>#21 James Westbury - CB</t>
   </si>
   <si>
     <t>#47 Gene Cook - CB</t>
   </si>
   <si>
     <t>#44 Randall Martinez - SS</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#78 Forrest Myers - LG</t>
   </si>
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#61 Charles Turner - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#98 Shane Shepherd - LDE</t>
   </si>
   <si>
     <t>#97 Cesar Loveland - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
-    <t>#42 Oscar Reyes - CB</t>
+    <t>#22 Oscar Reyes - CB</t>
   </si>
   <si>
     <t>#45 Denny Bixler - CB</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>Iow 33</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>2-4-Iow 33 (13:05) 14-Richard Huff pass complete to 81-Charles Bjorklund to Iow 36 for 3 yards. Tackle by 34-Oscar Reyes. 81-Charles Bjorklund did some fancy footwork there.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>Iow 36</t>
   </si>