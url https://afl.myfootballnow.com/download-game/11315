--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -713,51 +713,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-PRA 30 (10:27) 10-Paul Russo punts 48 yards to DAK 22. Fair Catch by 49-Robert Thompson. DAK 56-Willard Brewer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Paul Russo - P</t>
   </si>
   <si>
     <t>#27 Robert Thompson - RB</t>
   </si>
   <si>
     <t>#55 Jerry Myers - WLB</t>
   </si>
   <si>
     <t>#58 Royce Alvarez - MLB</t>
   </si>
   <si>
     <t>#70 James Burney - LT</t>
   </si>
   <si>
-    <t>#78 Richard Glisson - RT</t>
+    <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#78 Joshua Yarbrough - C</t>
   </si>
   <si>
     <t>#94 Willard Brewer - RDE</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>DAK 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>1-10-DAK 22 (10:20) 11-Dale Canales pass complete to 21-Steve Burns to DAK 30 for 8 yards. Pushed out of bounds by 31-Marcus Hutcheson.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>DAK 30</t>
   </si>
@@ -2490,51 +2490,51 @@
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>