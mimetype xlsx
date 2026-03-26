--- v1 (2025-12-25)
+++ v2 (2026-03-26)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 7-James Poteet kicks 75 yards from DAK 35 to PRA -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Basil Wheeler - RB</t>
   </si>
   <si>
     <t>#40 Justin Butler - CB</t>
   </si>
   <si>
     <t>#33 Mark Young - CB</t>
   </si>
   <si>
     <t>#46 Ronald Morgan - CB</t>
   </si>
   <si>
     <t>#43 Martin Marcell - SS</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#61 Charles Hansford - LDE</t>
   </si>
   <si>
-    <t>#99 Clarence Duncan - DT</t>
+    <t>#78 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#71 Glenn Thomas - DT</t>
   </si>
   <si>
     <t>#54 Scott Sims - MLB</t>
   </si>
   <si>
     <t>#25 Marcus Hutcheson - FS</t>
   </si>
   <si>
     <t>#7 James Poteet - K</t>
   </si>
   <si>
     <t>TSB</t>
   </si>
   <si>
     <t>TSB 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>