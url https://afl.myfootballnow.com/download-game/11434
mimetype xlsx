--- v0 (2025-10-24)
+++ v1 (2026-01-22)
@@ -287,51 +287,51 @@
   <si>
     <t>AMM has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NJG</t>
   </si>
   <si>
     <t>NJG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Eddie Littell kicks 75 yards from NJG 35 to AMM -10. 44-Matthew Hopkins for 110yards. TOUCHDOWN! NJG 47-Joseph Sweeney was injured on the play. He looks like he should be able to return. NJG 68-Leon Burton was injured on the play. He looks like he should be able to return. AMM 6 NJG 0</t>
   </si>
   <si>
     <t>#44 Matthew Hopkins - RB</t>
   </si>
   <si>
     <t>#99 Roy Christy - RDE</t>
   </si>
   <si>
-    <t>#91 Michael Smith - DT</t>
+    <t>#57 Michael Smith - DT</t>
   </si>
   <si>
     <t>#33 Peter Rutherford - CB</t>
   </si>
   <si>
     <t>#92 Reginald McClanahan - LDE</t>
   </si>
   <si>
     <t>#47 Thomas Patterson - CB</t>
   </si>
   <si>
     <t>#28 James Herring - FS</t>
   </si>
   <si>
     <t>#39 Leigh Gros - FS</t>
   </si>
   <si>
     <t>#90 Leonard Brinton - SS</t>
   </si>
   <si>
     <t>#22 Richard Ahrens - CB</t>
   </si>
   <si>
     <t>#58 Nathan Langston - DT</t>
   </si>
@@ -344,99 +344,99 @@
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>NJG 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:45) Extra point GOOD by 17-Phil Read. AMM 7 NJG 0</t>
   </si>
   <si>
     <t>#4 Phillip Tran - QB</t>
   </si>
   <si>
     <t>#54 John Cottrell - C</t>
   </si>
   <si>
     <t>#3 Phil Read - K</t>
   </si>
   <si>
-    <t>#85 George Poole - TE</t>
+    <t>#85 George Poole - FB</t>
   </si>
   <si>
     <t>#72 Roy Byers - RG</t>
   </si>
   <si>
     <t>#87 Nathan Goldberg - TE</t>
   </si>
   <si>
     <t>#74 Gary Montoya - RG</t>
   </si>
   <si>
     <t>#75 Michael Yarbrough - LT</t>
   </si>
   <si>
     <t>#69 John Sandlin - RG</t>
   </si>
   <si>
     <t>#57 Steve Ingle - LT</t>
   </si>
   <si>
     <t>#61 Christopher Myers - LT</t>
   </si>
   <si>
     <t>#52 Joseph Campanelli - DT</t>
   </si>
   <si>
     <t>#53 Gerard Smith - SLB</t>
   </si>
   <si>
     <t>#51 Jason Brown - WLB</t>
   </si>
   <si>
-    <t>#94 Stephen Cohen - LDE</t>
+    <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#22 Joel Hill - CB</t>
   </si>
   <si>
     <t>#29 Dansby Swanson - SS</t>
   </si>
   <si>
     <t>#59 Larry Eiland - SLB</t>
   </si>
   <si>
     <t>#50 Tony Johnson - DT</t>
   </si>
   <si>
-    <t>#60 James Myers - RDE</t>
+    <t>#74 James Myers - RDE</t>
   </si>
   <si>
     <t>#64 Percy Wallin - RDE</t>
   </si>
   <si>
     <t>#91 Michael Butler - MLB</t>
   </si>
   <si>
     <t>AMM 35</t>
   </si>
   <si>
     <t>(14:45) 17-Phil Read kicks 68 yards from AMM 35 to NJG -3. Touchback.</t>
   </si>
   <si>
     <t>#43 Jeremy Gamble - RB</t>
   </si>
   <si>
     <t>#66 William Hurley - RT</t>
   </si>
   <si>
     <t>#25 Samuel Birch - SS</t>
   </si>
   <si>
     <t>#26 Zachary Dobbs - FS</t>
   </si>