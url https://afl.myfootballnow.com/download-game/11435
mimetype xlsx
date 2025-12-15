--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -305,51 +305,51 @@
   <si>
     <t>#34 Steven Murry - RB</t>
   </si>
   <si>
     <t>#58 Thomas McKee - MLB</t>
   </si>
   <si>
     <t>#40 Dennis Padgett - CB</t>
   </si>
   <si>
     <t>#72 Matthew Winston - DT</t>
   </si>
   <si>
     <t>#77 John Garber - RDE</t>
   </si>
   <si>
     <t>#64 Nicholas McIntyre - RDE</t>
   </si>
   <si>
     <t>#12 James Singer - WR</t>
   </si>
   <si>
     <t>#90 Sean Fischer - MLB</t>
   </si>
   <si>
-    <t>#90 George Howell - LDE</t>
+    <t>#69 George Howell - LDE</t>
   </si>
   <si>
     <t>#81 Richard Elliot - TE</t>
   </si>
   <si>
     <t>#53 John Binder - RT</t>
   </si>
   <si>
     <t>#4 Ronald Gilbert - K</t>
   </si>
   <si>
     <t>NYT</t>
   </si>
   <si>
     <t>NYT 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-NYT 25 (15:00) 13-Darrell Carroll pass incomplete, intended for 14-Felix Pursell.</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#22 James Greiner - RB</t>
   </si>
   <si>
     <t>#83 Felix Pursell - WR</t>
   </si>
   <si>
     <t>#11 Randy Garcia - WR</t>
   </si>
   <si>
     <t>#83 Brian Huggins - WR</t>
   </si>
   <si>
     <t>#59 Melvin Rasheed - LT</t>
   </si>
   <si>
     <t>#73 Harold Bigelow - RT</t>
   </si>
   <si>
     <t>#78 Ronald Burroughs - C</t>
   </si>
   <si>
     <t>#72 Jeffrey McGowan - RG</t>
   </si>
   <si>
-    <t>#57 Stephen Delaney - LDE</t>
+    <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#75 Alfred Adler - DT</t>
   </si>
   <si>
     <t>#77 Samuel Gonzales - RDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#39 Raymond Elliott - CB</t>
   </si>
@@ -539,66 +539,66 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-NYK 37 (10:41) 4-David Thomas 54 yard field goal is GOOD. NYT 3 NYK 0</t>
   </si>
   <si>
     <t>#2 Douglas Perez - QB</t>
   </si>
   <si>
     <t>#9 David Thomas - K</t>
   </si>
   <si>
     <t>#95 Hector Garzon - MLB</t>
   </si>
   <si>
     <t>#50 Herbert Coover - RDE</t>
   </si>
   <si>
     <t>#97 Kenneth Hurlburt - SLB</t>
   </si>
   <si>
-    <t>#70 James Ward - DT</t>
+    <t>#75 James Ward - DT</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>NYT 35</t>
   </si>
   <si>
     <t>(10:37) 4-David Thomas kicks 64 yards from NYT 35 to NYK 1. 11-Steven Gates to NYK 33 for 32 yards. Tackle by 90-Sean Fischer. 50-Wayne White was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#10 Steven Gates - WR</t>
   </si>
   <si>
-    <t>#27 James Williams - FS</t>
+    <t>#49 James Williams - SS</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>NYK 33</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NYK 33 (10:31) 8-Robert Ramey pass complete to 87-Kevin Tello to NYK 40 for 7 yards. Tackle by 99-Charles Newell.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#32 Brent Kimberly - RB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>