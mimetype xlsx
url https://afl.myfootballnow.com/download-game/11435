--- v1 (2025-12-15)
+++ v2 (2026-02-02)
@@ -554,51 +554,51 @@
   <si>
     <t>#95 Hector Garzon - MLB</t>
   </si>
   <si>
     <t>#50 Herbert Coover - RDE</t>
   </si>
   <si>
     <t>#97 Kenneth Hurlburt - SLB</t>
   </si>
   <si>
     <t>#75 James Ward - DT</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>NYT 35</t>
   </si>
   <si>
     <t>(10:37) 4-David Thomas kicks 64 yards from NYT 35 to NYK 1. 11-Steven Gates to NYK 33 for 32 yards. Tackle by 90-Sean Fischer. 50-Wayne White was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#10 Steven Gates - WR</t>
   </si>
   <si>
-    <t>#49 James Williams - SS</t>
+    <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>NYK 33</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NYK 33 (10:31) 8-Robert Ramey pass complete to 87-Kevin Tello to NYK 40 for 7 yards. Tackle by 99-Charles Newell.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#32 Brent Kimberly - RB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
     <t>#73 Thomas Kraft - RT</t>
   </si>
   <si>
     <t>#69 Ray Cottrell - RG</t>
   </si>
   <si>
     <t>#78 Daniel Conner - C</t>
   </si>
   <si>
     <t>#68 Ralph Temple - RG</t>
   </si>
   <si>
     <t>#72 Rodolfo Webber - RT</t>
   </si>
   <si>
     <t>#96 Alan Andre - RDE</t>
   </si>
   <si>
     <t>#94 Laurence Howard - DT</t>
   </si>
   <si>
-    <t>#92 William Short - SLB</t>
+    <t>#95 William Short - SLB</t>
   </si>
   <si>
     <t>#99 Charles Newell - WLB</t>
   </si>
   <si>
     <t>#37 George Schaller - CB</t>
   </si>
   <si>
     <t>#21 Gregory Cox - CB</t>
   </si>
   <si>
     <t>#44 Manuel Reyes - SS</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-3-NYK 40 (9:48) 8-Robert Ramey pass complete to 32-Brent Kimberly to NYK 47 for 7 yards. Tackle by 99-Charles Newell.</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>NYT 18</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-4-NYT 18 (6:29) 8-Robert Ramey pass Pass knocked down by 99-Charles Newell. incomplete, intended for 87-Kevin Tello.</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>4-4-NYT 18 (6:26) 4-Ronald Gilbert 35 yard field goal is GOOD. NYT 3 NYK 3</t>
   </si>
   <si>
     <t>#6 Hiram McCallum - P</t>
   </si>
   <si>
-    <t>#75 Gary Bishop - RT</t>
+    <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#79 Robert Cancel - LT</t>
   </si>
   <si>
     <t>#74 Dan Herbert - LT</t>
   </si>
   <si>
     <t>#60 Larry Stuckey - C</t>
   </si>
   <si>
     <t>#54 Charles Prins - WLB</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>(6:23) 4-Ronald Gilbert kicks 69 yards from NYK 35 to NYT -4. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>