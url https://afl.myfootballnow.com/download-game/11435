--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -554,51 +554,51 @@
   <si>
     <t>#95 Hector Garzon - MLB</t>
   </si>
   <si>
     <t>#50 Herbert Coover - RDE</t>
   </si>
   <si>
     <t>#97 Kenneth Hurlburt - SLB</t>
   </si>
   <si>
     <t>#75 James Ward - DT</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>NYT 35</t>
   </si>
   <si>
     <t>(10:37) 4-David Thomas kicks 64 yards from NYT 35 to NYK 1. 11-Steven Gates to NYK 33 for 32 yards. Tackle by 90-Sean Fischer. 50-Wayne White was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#10 Steven Gates - WR</t>
   </si>
   <si>
-    <t>#46 James Williams - SS</t>
+    <t>#34 James Williams - CB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>NYK 33</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NYK 33 (10:31) 8-Robert Ramey pass complete to 87-Kevin Tello to NYK 40 for 7 yards. Tackle by 99-Charles Newell.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#32 Brent Kimberly - RB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>