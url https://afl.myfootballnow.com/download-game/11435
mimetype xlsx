--- v3 (2026-02-22)
+++ v4 (2026-03-18)
@@ -608,51 +608,51 @@
   <si>
     <t>#87 Kevin Tello - TE</t>
   </si>
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
     <t>#73 Thomas Kraft - RT</t>
   </si>
   <si>
     <t>#69 Ray Cottrell - RG</t>
   </si>
   <si>
     <t>#78 Daniel Conner - C</t>
   </si>
   <si>
     <t>#68 Ralph Temple - RG</t>
   </si>
   <si>
     <t>#72 Rodolfo Webber - RT</t>
   </si>
   <si>
     <t>#96 Alan Andre - RDE</t>
   </si>
   <si>
-    <t>#94 Laurence Howard - DT</t>
+    <t>#90 Laurence Howard - DT</t>
   </si>
   <si>
     <t>#95 William Short - SLB</t>
   </si>
   <si>
     <t>#99 Charles Newell - WLB</t>
   </si>
   <si>
     <t>#37 George Schaller - CB</t>
   </si>
   <si>
     <t>#21 Gregory Cox - CB</t>
   </si>
   <si>
     <t>#44 Manuel Reyes - SS</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>NYT 18</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-4-NYT 18 (6:29) 8-Robert Ramey pass Pass knocked down by 99-Charles Newell. incomplete, intended for 87-Kevin Tello.</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>4-4-NYT 18 (6:26) 4-Ronald Gilbert 35 yard field goal is GOOD. NYT 3 NYK 3</t>
   </si>
   <si>
     <t>#6 Hiram McCallum - P</t>
   </si>
   <si>
     <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
-    <t>#79 Robert Cancel - LT</t>
+    <t>#54 Robert Cancel - LT</t>
   </si>
   <si>
     <t>#74 Dan Herbert - LT</t>
   </si>
   <si>
     <t>#60 Larry Stuckey - C</t>
   </si>
   <si>
     <t>#54 Charles Prins - WLB</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>(6:23) 4-Ronald Gilbert kicks 69 yards from NYK 35 to NYT -4. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYT 25 (6:23) 13-Darrell Carroll pass complete to 29-Hubert Gay to NYT 28 for 3 yards. Tackle by 26-Teddy Robinson.</t>
   </si>