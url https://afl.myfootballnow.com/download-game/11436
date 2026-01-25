--- v0 (2025-10-15)
+++ v1 (2026-01-25)
@@ -308,51 +308,51 @@
   <si>
     <t>#93 James Rentz - SLB</t>
   </si>
   <si>
     <t>#23 David Marzano - FS</t>
   </si>
   <si>
     <t>#42 Mike Nunley - CB</t>
   </si>
   <si>
     <t>#98 David Peterson - MLB</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
     <t>#29 David Garcia - SS</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
   <si>
     <t>#36 James Smith - FS</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>#31 Richard Coleman - SS</t>
   </si>
   <si>
     <t>#5 Marlon Beard - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 32-Douglas Goldman ran to DAY 34 for 9 yards. Tackle by 46-Christopher Muldoon.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#84 Charles Velez - TE</t>
   </si>
   <si>
     <t>#15 David Shaw - RB</t>
   </si>
   <si>
     <t>#18 Tristan Stewart - WR</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#70 Reinaldo Allen - LG</t>
   </si>
   <si>
     <t>#53 Gabriel Barnett - C</t>
   </si>
   <si>
     <t>#75 Brett Griffith - RG</t>
   </si>
   <si>
     <t>#60 Thomas Kelly - RT</t>
   </si>
   <si>
-    <t>#60 Richard Campbell - LDE</t>
+    <t>#93 Richard Campbell - LDE</t>
   </si>
   <si>
     <t>#51 Pat Craig - DT</t>
   </si>
   <si>
     <t>#97 Joe Everett - RDE</t>
   </si>
   <si>
     <t>#95 Larry Clark - SLB</t>
   </si>
   <si>
     <t>#95 David Newton - MLB</t>
   </si>
   <si>
     <t>#99 Clay Foley - WLB</t>
   </si>
   <si>
     <t>#40 Samuel Rolph - CB</t>
   </si>
   <si>
     <t>#41 Jeffrey Jones - CB</t>
   </si>
   <si>
     <t>#41 Billy Patterson - CB</t>
   </si>