--- v1 (2026-01-25)
+++ v2 (2026-03-13)
@@ -563,51 +563,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Bat 25 (12:18) 15-Patrick Laurel pass incomplete, intended for 89-Robert Phillips.</t>
   </si>
   <si>
     <t>#2 Patrick Laurel - QB</t>
   </si>
   <si>
     <t>#34 Carl Cunningham - FB</t>
   </si>
   <si>
     <t>#45 Marvin Tharp - FB</t>
   </si>
   <si>
     <t>#89 Robert Phillips - TE</t>
   </si>
   <si>
     <t>#87 Gregory Theisen - TE</t>
   </si>
   <si>
     <t>#76 Donald Serrano - LT</t>
   </si>
   <si>
-    <t>#60 Paul Seeman - LG</t>
+    <t>#78 Paul Seeman - LG</t>
   </si>
   <si>
     <t>#70 Orlando Peters - C</t>
   </si>
   <si>
     <t>#76 Michael Alba - RG</t>
   </si>
   <si>
     <t>#68 Kevin Graves - RT</t>
   </si>
   <si>
     <t>#65 Emanuel Oakes - RDE</t>
   </si>
   <si>
     <t>#76 Jose Nance - DT</t>
   </si>
   <si>
     <t>#64 Bryan Foster - DT</t>
   </si>
   <si>
     <t>#91 George Burkes - LDE</t>
   </si>
   <si>
     <t>#95 Arthur Ibarra - WLB</t>
   </si>