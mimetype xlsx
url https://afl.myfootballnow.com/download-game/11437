--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -368,51 +368,51 @@
   <si>
     <t>#16 Arthur Frampton - WR</t>
   </si>
   <si>
     <t>#73 Frederick Worrall - LG</t>
   </si>
   <si>
     <t>#78 Brian Arredondo - LG</t>
   </si>
   <si>
     <t>#50 Jeffrey Madden - C</t>
   </si>
   <si>
     <t>#77 Jose Slocum - RG</t>
   </si>
   <si>
     <t>#69 Rick Lichtenstein - RT</t>
   </si>
   <si>
     <t>#77 Michael Torres - LDE</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
-    <t>#90 Ellis Bennett - DT</t>
+    <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>#90 Carl Jepsen - RDE</t>
   </si>
   <si>
     <t>#52 Joseph Overman - MLB</t>
   </si>
   <si>
     <t>#58 George Goodson - MLB</t>
   </si>
   <si>
     <t>#55 Robert Hoffman - SLB</t>
   </si>
   <si>
     <t>#22 Jeff Green - CB</t>
   </si>
   <si>
     <t>#23 Douglas Shriver - CB</t>
   </si>
   <si>
     <t>#46 Shawn Elms - SS</t>
   </si>
   <si>
     <t>#45 Gary Grove - CB</t>
   </si>