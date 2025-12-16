--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -461,51 +461,51 @@
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-UND 26 (14:17) 2-Mark Whiteman punts 46 yards to TBY 28. 42-Sam Nicholas to TBY 28 for 1 yards. Tackle by 57-Michael Bush. 58-Clyde Garcia was completely beat on that play.</t>
   </si>
   <si>
     <t>#16 Mark Whiteman - P</t>
   </si>
   <si>
     <t>#42 Sam Nicholas - RB</t>
   </si>
   <si>
     <t>#46 Patrick Smith - RB</t>
   </si>
   <si>
     <t>#67 Ralph Miller - RG</t>
   </si>
   <si>
-    <t>#79 James Tarrance - C</t>
+    <t>#54 James Tarrance - C</t>
   </si>
   <si>
     <t>#73 Terry Gillespie - DT</t>
   </si>
   <si>
     <t>#69 Richard Ramey - RDE</t>
   </si>
   <si>
     <t>#52 Sandy Humble - WLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TBY 28 (14:09) 42-Sam Nicholas ran to TBY 28 for a short loss. Tackle by 99-Roy Stansfield.</t>
   </si>