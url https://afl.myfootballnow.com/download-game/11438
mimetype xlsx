--- v1 (2025-12-16)
+++ v2 (2026-03-08)
@@ -494,51 +494,51 @@
   <si>
     <t>#52 Sandy Humble - WLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TBY 28 (14:09) 42-Sam Nicholas ran to TBY 28 for a short loss. Tackle by 99-Roy Stansfield.</t>
   </si>
   <si>
     <t>#3 Robert Chandler - QB</t>
   </si>
   <si>
     <t>#31 George Willard - FB</t>
   </si>
   <si>
-    <t>#81 Terry Hasegawa - WR</t>
+    <t>#15 Terry Hasegawa - WR</t>
   </si>
   <si>
     <t>#18 Jeramy Guerra - WR</t>
   </si>
   <si>
     <t>#52 Alvin Cottman - LT</t>
   </si>
   <si>
     <t>#72 Hal Terry - LG</t>
   </si>
   <si>
     <t>#52 Joshua Henson - C</t>
   </si>
   <si>
     <t>#77 David White - RG</t>
   </si>
   <si>
     <t>#70 Robert McNally - RT</t>
   </si>
   <si>
     <t>#75 Robert David - DT</t>
   </si>
   <si>
     <t>#92 Jacob Wang - MLB</t>
   </si>