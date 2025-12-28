--- v0 (2025-10-14)
+++ v1 (2025-12-28)
@@ -431,51 +431,51 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-9-NWO 21 (14:18) 10-John Kinsey pass Pass knocked down by 30-Travis Boothe. incomplete, intended for 13-William Sanchez.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-9-NWO 21 (14:14) 10-John Kinsey pass complete to 23-Paul Knox to NWO 29 for 8 yards. Tackle by 30-Travis Boothe. Pressure by 65-Kevin Hickey.</t>
   </si>
   <si>
     <t>#85 Joseph Hinman - TE</t>
   </si>
   <si>
-    <t>#95 Orville Minton - SLB</t>
+    <t>#58 Orville Minton - SLB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>NWO 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NWO 29 (13:38) 17-Thomas Hobbs punts 50 yards to OAK 21. Fair Catch by 42-Robert Thibodeaux.</t>
   </si>
   <si>
     <t>#17 Thomas Hobbs - P</t>
   </si>
   <si>
     <t>#81 Thomas Carr - TE</t>
   </si>
   <si>
     <t>#42 Robert Thibodeaux - RB</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>2-6-OAK 41 (11:41) 14-Aaron McGill sacked at OAK 39 for -2 yards (71-David McNeil). Sack allowed by 76-Shawn Butcher.</t>
   </si>
   <si>
     <t>#58 Earl Dodson - MLB</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-8-OAK 39 (10:54) 43-Raymond Griffin ran to OAK 47 for 8 yards. Tackle by 26-Raymond Brown.</t>
   </si>
   <si>
     <t>#84 James Reynolds - TE</t>
   </si>
   <si>
-    <t>#34 Kerry Hoover - SS</t>
+    <t>#50 Kerry Hoover - SLB</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>OAK 47</t>
   </si>
   <si>
     <t>4-1-OAK 47 (10:16) 17-Robert Vineyard punts 46 yards to NWO 7.</t>
   </si>
   <si>
     <t>#7 Robert Vineyard - K</t>
   </si>
   <si>
     <t>#72 Mike Phillips - C</t>
   </si>
   <si>
     <t>#38 Charles Costello - RB</t>
   </si>
   <si>
     <t>#60 Brian King - RT</t>
   </si>
   <si>
     <t>#61 Jerry Coppock - LG</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>1-10-NWO 7 (10:07) 23-Paul Knox ran to NWO 10 for 3 yards. Tackle by 92-Joshua McCoy.</t>
   </si>
   <si>
     <t>#88 Paul Pineda - TE</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>NWO 10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-NWO 10 (9:28) 23-Paul Knox ran to NWO 14 for 4 yards. Tackle by 98-Darrell Pollard.</t>
   </si>
   <si>
-    <t>#96 Robert Hanson - MLB</t>
+    <t>#93 Robert Hanson - MLB</t>
   </si>
   <si>
     <t>8:47</t>
   </si>
   <si>
     <t>NWO 14</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-3-NWO 14 (8:46) PENALTY - False Start (NWO 61-John Hinds)</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>NWO 9</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>