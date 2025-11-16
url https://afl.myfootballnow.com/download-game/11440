--- v0 (2025-10-16)
+++ v1 (2025-11-16)
@@ -377,51 +377,51 @@
   <si>
     <t>#73 Kenneth Henson - LG</t>
   </si>
   <si>
     <t>#75 Tracy Morris - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#74 James Godoy - RT</t>
   </si>
   <si>
     <t>#98 Shane Shepherd - LDE</t>
   </si>
   <si>
     <t>#92 Israel Jones - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#51 Charles Young - SLB</t>
   </si>
   <si>
-    <t>#54 Roger White - SLB</t>
+    <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#90 Norman Dunaway - WLB</t>
   </si>
   <si>
     <t>#42 Oscar Reyes - CB</t>
   </si>
   <si>
     <t>#45 Denny Bixler - CB</t>
   </si>
   <si>
     <t>#40 Byron Brunson - FS</t>
   </si>
   <si>
     <t>#43 Colin Martin - SS</t>
   </si>
   <si>
     <t>#46 Brian Walker - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>TSB 30</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>3-8-PRA 40 (2:56) 38-Williams Contreras ran to PRA 40 for a short gain. Tackle by 92-Israel Jones.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-PRA 40 (2:17) 10-Paul Russo punts 60 yards to HOU -1.4-7-PRA 40 (2:17) 10-Paul Russo punts 60 yards to HOU -1. Touchback.</t>
   </si>
   <si>
     <t>#10 Paul Russo - P</t>
   </si>
   <si>
     <t>#97 Douglas Foster - WLB</t>
   </si>
   <si>
     <t>#70 James Burney - LT</t>
   </si>
   <si>
-    <t>#78 Richard Glisson - RT</t>
+    <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#78 Joshua Yarbrough - C</t>
   </si>
   <si>
     <t>#94 Craig Brumit - MLB</t>
   </si>
   <si>
     <t>#91 Lance Cox - RDE</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 20 (2:08) 8-Lance King pass incomplete, dropped by 81-Travis Dearborn.</t>
   </si>
@@ -2205,51 +2205,51 @@
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>