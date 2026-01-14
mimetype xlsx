--- v1 (2025-11-16)
+++ v2 (2026-01-14)
@@ -383,51 +383,51 @@
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#74 James Godoy - RT</t>
   </si>
   <si>
     <t>#98 Shane Shepherd - LDE</t>
   </si>
   <si>
     <t>#92 Israel Jones - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#51 Charles Young - SLB</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#90 Norman Dunaway - WLB</t>
   </si>
   <si>
-    <t>#42 Oscar Reyes - CB</t>
+    <t>#22 Oscar Reyes - CB</t>
   </si>
   <si>
     <t>#45 Denny Bixler - CB</t>
   </si>
   <si>
     <t>#40 Byron Brunson - FS</t>
   </si>
   <si>
     <t>#43 Colin Martin - SS</t>
   </si>
   <si>
     <t>#46 Brian Walker - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>TSB 30</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-2-HOU 2 (9:27) 16-James Jackson pass complete to 87-Ronald Stover to HOU 2 for a short loss. Tackle by 40-Byron Brunson. Pressure by 43-Colin Martin. HOU 73-James Clay was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>4-2-HOU 2 (8:47) 17-Wayne Bryner 20 yard field goal is GOOD. PRA 3 HOU 3</t>
   </si>
   <si>
     <t>#6 Edward Reynosa - QB</t>
   </si>
   <si>
     <t>#7 Wayne Bryner - K</t>
   </si>
   <si>
     <t>#56 Randy Sherwood - MLB</t>
   </si>
   <si>
     <t>#74 Robert Smith - DT</t>
   </si>
   <si>
-    <t>#93 James Salmeron - MLB</t>
+    <t>#92 James Salmeron - MLB</t>
   </si>
   <si>
     <t>#59 Edward Scott - LDE</t>
   </si>
   <si>
     <t>#75 Donald Richardson - LDE</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>(8:46) 17-Wayne Bryner kicks 75 yards from PRA 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-HOU 25 (8:46) 87-Daniel Mabry ran to HOU 30 for 5 yards. Tackle by 52-Anthony McNerney.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>