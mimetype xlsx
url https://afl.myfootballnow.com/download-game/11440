--- v2 (2026-01-14)
+++ v3 (2026-03-27)
@@ -305,51 +305,51 @@
   <si>
     <t>#40 Basil Wheeler - RB</t>
   </si>
   <si>
     <t>#40 Justin Butler - CB</t>
   </si>
   <si>
     <t>#43 Martin Marcell - SS</t>
   </si>
   <si>
     <t>#46 Ronald Morgan - CB</t>
   </si>
   <si>
     <t>#25 Marcus Hutcheson - FS</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#33 Mark Young - CB</t>
   </si>
   <si>
     <t>#94 Troy Strock - DT</t>
   </si>
   <si>
-    <t>#99 Clarence Duncan - DT</t>
+    <t>#78 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#61 Charles Hansford - LDE</t>
   </si>
   <si>
     <t>#71 Glenn Thomas - DT</t>
   </si>
   <si>
     <t>#11 Timothy Anderson - K</t>
   </si>
   <si>
     <t>TSB</t>
   </si>
   <si>
     <t>TSB 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PRA 25 (15:00) 38-Williams Contreras ran to PRA 30 for 5 yards. Tackle by 59-Roger White.</t>
   </si>
@@ -1007,51 +1007,51 @@
   <si>
     <t>HOU 45</t>
   </si>
   <si>
     <t>2-13-HOU 45 (12:12) 16-James Jackson ran to HOU 33 for 12 yards. Tackle by 55-Norman Dunaway. HOU 56-Casey Santana was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-1-HOU 33 (11:33) 38-Williams Contreras ran to HOU 28 for 5 yards. Tackle by 59-Roger White.</t>
   </si>
   <si>
     <t>#25 Terry Beard - RB</t>
   </si>
   <si>
     <t>#82 Austin Cortes - TE</t>
   </si>
   <si>
-    <t>#79 Zachariah Caldwell - DT</t>
+    <t>#75 Zachariah Caldwell - DT</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>HOU 28</t>
   </si>
   <si>
     <t>1-10-HOU 28 (10:50) 26-Basil Wheeler ran to HOU 22 for 6 yards. Tackle by 55-Norman Dunaway.</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
   <si>
     <t>2-4-HOU 22 (10:12) 38-Williams Contreras ran to HOU 22 for 1 yards. Tackle by 43-Colin Martin. PENALTY - Unnecessary Roughness (HOU 43-Colin Martin)</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>HOU 7</t>
   </si>
@@ -1073,51 +1073,51 @@
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>HOU 2</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-2-HOU 2 (9:27) 16-James Jackson pass complete to 87-Ronald Stover to HOU 2 for a short loss. Tackle by 40-Byron Brunson. Pressure by 43-Colin Martin. HOU 73-James Clay was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>4-2-HOU 2 (8:47) 17-Wayne Bryner 20 yard field goal is GOOD. PRA 3 HOU 3</t>
   </si>
   <si>
     <t>#6 Edward Reynosa - QB</t>
   </si>
   <si>
     <t>#7 Wayne Bryner - K</t>
   </si>
   <si>
-    <t>#56 Randy Sherwood - MLB</t>
+    <t>#50 Randy Sherwood - MLB</t>
   </si>
   <si>
     <t>#74 Robert Smith - DT</t>
   </si>
   <si>
     <t>#92 James Salmeron - MLB</t>
   </si>
   <si>
     <t>#59 Edward Scott - LDE</t>
   </si>
   <si>
     <t>#75 Donald Richardson - LDE</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>(8:46) 17-Wayne Bryner kicks 75 yards from PRA 35 to HOU -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-HOU 25 (8:46) 87-Daniel Mabry ran to HOU 30 for 5 yards. Tackle by 52-Anthony McNerney.</t>
   </si>