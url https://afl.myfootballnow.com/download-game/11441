--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -314,51 +314,51 @@
   <si>
     <t>#56 Timothy Katz - WLB</t>
   </si>
   <si>
     <t>#21 William Pedrick - FS</t>
   </si>
   <si>
     <t>#25 Ronald Smith - CB</t>
   </si>
   <si>
     <t>#70 Eric Donnelly - RDE</t>
   </si>
   <si>
     <t>#98 Brian Johnson - DT</t>
   </si>
   <si>
     <t>#62 James Herbert - RDE</t>
   </si>
   <si>
     <t>#45 Andrew Stanley - SS</t>
   </si>
   <si>
     <t>#94 Cortez Smith - MLB</t>
   </si>
   <si>
-    <t>#3 Mitchell Feather - K</t>
+    <t>#9 Mitchell Feather - K</t>
   </si>
   <si>
     <t>MGA</t>
   </si>
   <si>
     <t>MGA 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-YUC 25 (15:00) 14-Harold Jenkins pass complete to 28-Claus Strasse-Laufer to YUC 33 for 8 yards. Tackle by 94-Bryan Croft.</t>
   </si>
   <si>
     <t>#12 Harold Jenkins - QB</t>
   </si>
   <si>
     <t>#46 Ben Davis - RB</t>
   </si>
   <si>
     <t>#10 George Roberts - WR</t>
   </si>