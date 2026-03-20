--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -392,51 +392,51 @@
   <si>
     <t>#70 Jose Flores - DT</t>
   </si>
   <si>
     <t>#63 Brian Lucero - RDE</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#93 Jesse Richards - MLB</t>
   </si>
   <si>
     <t>#90 Christian Williams - WLB</t>
   </si>
   <si>
     <t>#25 Arnold Lynch - CB</t>
   </si>
   <si>
     <t>#48 Robert Jeffcoat - CB</t>
   </si>
   <si>
     <t>#41 John Shimizu - SS</t>
   </si>
   <si>
-    <t>#42 Neal Jarboe - FS</t>
+    <t>#42 Neal Jarboe - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:57) 3-Charles Anderson pass complete to 83-Clifton Diaz to BOI 32 for 43 yards. Tackle by 25-Arnold Lynch.</t>
   </si>
   <si>
     <t>#15 Kevin Gardner - WR</t>
   </si>
   <si>
     <t>#35 Brandon Harding - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>BOI 32</t>
   </si>