--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -791,51 +791,51 @@
   <si>
     <t>3-5-SEA 33 (4:15) 6-John Anders pass Pass knocked down by 41-Humberto Cheatham. incomplete, intended for 87-Alan Landers.</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>4-5-SEA 33 (4:13) 15-Neal Brown punts 46 yards to Iow 21. 10-Joshua Castro to Iow 22 for 1 yards. Tackle by 97-Jeffrey Brown. SEA 36-Ruben Valentine was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>Iow 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-Iow 22 (4:05) 15-Anthony Smith ran to Iow 22 for a short gain. Tackle by 91-Edgardo Rivera.</t>
   </si>
   <si>
-    <t>#39 Dave Rogers - SS</t>
+    <t>#23 Dave Rogers - SS</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-Iow 22 (3:21) 14-Richard Huff pass complete to 10-Joshua Castro to Iow 31 for 9 yards. Tackle by 99-Teddy Crosby. Great move by 10-Joshua Castro to get free of his coverage.</t>
   </si>
   <si>
     <t>2:37</t>
   </si>
   <si>
     <t>Iow 31</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>3-1-Iow 31 (2:36) 14-Richard Huff pass complete to 88-Jason Weibel to Iow 37 for 6 yards. Tackle by 29-Dennis Shah.</t>
   </si>
@@ -1448,51 +1448,51 @@
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>Iow 48</t>
   </si>
   <si>
     <t>3-15-Iow 48 (6:59) 81-Charles Bjorklund ran to Iow 46 for -2 yards. Tackle by 95-Ronnie Blair.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>Iow 46</t>
   </si>
   <si>
     <t>4-18-Iow 46 (6:22) 6-Dennis Neal punts 45 yards to SEA 9. Fair Catch by 23-Wayne Durbin.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>1-10-SEA 9 (6:16) 24-William Molina ran to SEA 13 for 4 yards. Tackle by 53-Dwight Caba.</t>
   </si>
   <si>
-    <t>#75 Joseph Dones - DT</t>
+    <t>#71 Joseph Dones - DT</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>SEA 13</t>
   </si>
   <si>
     <t>2-6-SEA 13 (5:34) 24-William Molina ran to SEA 11 for -1 yards. Tackle by 90-Warren Cruz.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>SEA 11</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
   <si>
     <t>3-8-SEA 11 (4:54) 6-John Anders sacked at SEA 9 for -2 yards (49-John Day). Sack allowed by 54-Ronnie Rodriguez.</t>
   </si>
   <si>
     <t>4:10</t>
   </si>