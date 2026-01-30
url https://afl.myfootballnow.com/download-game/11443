--- v1 (2025-12-31)
+++ v2 (2026-01-30)
@@ -494,51 +494,51 @@
   <si>
     <t>Iow 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-Iow 33 (13:24) 14-Richard Huff pass complete to 88-Jason Weibel to Iow 44 for 11 yards. Tackle by 29-Dennis Shah.</t>
   </si>
   <si>
     <t>#10 Richard Huff - QB</t>
   </si>
   <si>
     <t>#41 Christopher Phillips - RB</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
     <t>#89 Raymond Diebold - TE</t>
   </si>
   <si>
-    <t>#88 Jason Weibel - WR</t>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>#76 Patrick Bobo - LT</t>
   </si>
   <si>
     <t>#78 Forrest Myers - LG</t>
   </si>
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#61 Charles Turner - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#57 Dexter Bell - LDE</t>
   </si>
   <si>
     <t>#97 Edgardo Rivera - LDE</t>
   </si>
   <si>
     <t>#95 Ronnie Blair - SLB</t>
   </si>
@@ -1373,51 +1373,51 @@
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>Iow 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-Iow 15 (10:36) 20-Albert Ramos ran for 15 yards. TOUCHDOWN! Iow 7 SEA 6</t>
   </si>
   <si>
     <t>(10:32) Extra point GOOD by 11-David McCall. Iow 97-Manuel Denzer was injured on the play. He looks like he should be able to return. Iow 7 SEA 7</t>
   </si>
   <si>
     <t>#6 Norman Cheshire - QB</t>
   </si>
   <si>
     <t>#68 Merle Neel - C</t>
   </si>
   <si>
     <t>#68 Raymond Grove - C</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>(10:32) 11-David McCall kicks 75 yards from SEA 35 to Iow -10. Touchback.</t>
   </si>
   <si>
     <t>Iow 25</t>
   </si>
   <si>
     <t>1-10-Iow 25 (10:32) 14-Richard Huff pass Pass knocked down by 99-Teddy Crosby. incomplete, intended for 89-Raymond Diebold.</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>2-10-Iow 25 (10:28) 39-Christopher Phillips ran to Iow 36 for 11 yards. Tackle by 25-Patrick Cruse.</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>Iow 36</t>
   </si>
   <si>
     <t>1-10-Iow 36 (9:47) 14-Richard Huff pass complete to 81-Charles Bjorklund to Iow 43 for 7 yards. Tackle by 97-Jeffrey Brown.</t>
   </si>