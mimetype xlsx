--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -371,51 +371,51 @@
   <si>
     <t>#14 Bryant Cox - WR</t>
   </si>
   <si>
     <t>#89 Robert McNear - WR</t>
   </si>
   <si>
     <t>#70 Jeffrey Lirette - LT</t>
   </si>
   <si>
     <t>#51 Elmer Davis - LG</t>
   </si>
   <si>
     <t>#57 Raymond Foster - C</t>
   </si>
   <si>
     <t>#63 Clifton Rich - RG</t>
   </si>
   <si>
     <t>#71 David Wingler - RT</t>
   </si>
   <si>
     <t>#96 Harold Young - LDE</t>
   </si>
   <si>
-    <t>#68 Henry Belcher - DT</t>
+    <t>#63 Henry Belcher - DT</t>
   </si>
   <si>
     <t>#90 Grady Brown - DT</t>
   </si>
   <si>
     <t>#61 Samuel Fox - RDE</t>
   </si>
   <si>
     <t>#91 Kenneth Sorensen - MLB</t>
   </si>
   <si>
     <t>#63 Larry Katz - WLB</t>
   </si>
   <si>
     <t>#56 Robert Carpenter - WLB</t>
   </si>
   <si>
     <t>#32 James Oliver - CB</t>
   </si>
   <si>
     <t>#42 Alan Fowler - CB</t>
   </si>
   <si>
     <t>#24 Reggie Walker - SS</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>#27 David Riggs - RB</t>
   </si>
   <si>
     <t>#47 Morris Blaylock - RB</t>
   </si>
   <si>
     <t>#25 Patrick Harrington - CB</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>WIM 42</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Flat Prevent</t>
   </si>
   <si>
     <t>2-6-WIM 42 (9:16) 3-Gerald Carter pass Pass knocked down by 43-Kevin Scott. incomplete, intended for 21-George Morgan.</t>
   </si>
   <si>
-    <t>#43 Kevin Scott - CB</t>
+    <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-6-WIM 42 (9:14) 3-Gerald Carter ran to WIM 48 for 7 yards. Tackle by 98-Kevin Routh.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>WIM 48</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-WIM 48 (8:27) 3-Gerald Carter pass complete to 47-Morris Blaylock to BIR 24 for 28 yards. Pressure by 51-Keith Austin.</t>
   </si>