--- v1 (2025-11-19)
+++ v2 (2025-12-27)
@@ -293,51 +293,51 @@
   <si>
     <t>WIM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Edward Barber kicks 66 yards from WIM 35 to BIR -1. 20-Patrick Houghtaling to BIR 24 for 26 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
     <t>#20 Patrick Houghtaling - TE</t>
   </si>
   <si>
     <t>#90 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
-    <t>#74 Jose Damiani - LDE</t>
+    <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#35 Richard Martin - CB</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
@@ -587,54 +587,54 @@
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>WIM 32</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-7-WIM 32 (12:13) 3-Gerald Carter pass incomplete, intended for 89-Glenn Moore.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>4-7-WIM 32 (12:10) 13-Kenneth Biles punts 48 yards to BIR 20. Fair Catch by 89-Robert McNear.</t>
   </si>
   <si>
     <t>#5 Kenneth Biles - P</t>
   </si>
   <si>
-    <t>#78 Lionel Hall - RT</t>
-[...2 lines deleted...]
-    <t>#75 Whitney Miracle - C</t>
+    <t>#50 Lionel Hall - RT</t>
+  </si>
+  <si>
+    <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#50 Jason Carpenter - DT</t>
   </si>
   <si>
     <t>#60 Lincoln Cox - RDE</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>BIR 20</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BIR 20 (12:04) 1-Richard Shoemaker pass complete to 33-Anthony Taylor to BIR 18 for -2 yards. Tackle by 26-Robert Carpenter.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>BIR 18</t>
   </si>