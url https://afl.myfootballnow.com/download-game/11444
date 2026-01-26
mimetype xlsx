--- v2 (2025-12-27)
+++ v3 (2026-01-26)
@@ -284,72 +284,72 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WIM has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>WIM</t>
   </si>
   <si>
     <t>WIM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Edward Barber kicks 66 yards from WIM 35 to BIR -1. 20-Patrick Houghtaling to BIR 24 for 26 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
     <t>#20 Patrick Houghtaling - TE</t>
   </si>
   <si>
-    <t>#90 Kevin Routh - RDE</t>
+    <t>#79 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
-    <t>#35 Richard Martin - CB</t>
+    <t>#39 Richard Martin - CB</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BIR 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>#64 Lewis Lee - RG</t>
   </si>
   <si>
     <t>#92 William Vaughn - LDE</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>WIM 29</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-WIM 29 (13:27) 42-John Hamilton ran to WIM 29 for a short gain. Tackle by 98-Kevin Routh.</t>
   </si>
   <si>
     <t>#3 Gerald Carter - QB</t>
   </si>
   <si>
-    <t>#42 John Hamilton - RB</t>
+    <t>#44 John Hamilton - RB</t>
   </si>
   <si>
     <t>#34 Mike Anderson - FB</t>
   </si>
   <si>
     <t>#89 Glenn Moore - TE</t>
   </si>
   <si>
     <t>#68 Lewis Harrell - LT</t>
   </si>
   <si>
     <t>#60 Cory Tichenor - LG</t>
   </si>
   <si>
     <t>#57 Roy Steptoe - C</t>
   </si>
   <si>
     <t>#70 Todd Lopez - LT</t>
   </si>
   <si>
     <t>#76 Richard Ardoin - RT</t>
   </si>
   <si>
     <t>#64 George Figueroa - LDE</t>
   </si>