--- v3 (2026-01-26)
+++ v4 (2026-03-03)
@@ -308,51 +308,51 @@
   <si>
     <t>#79 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#39 Richard Martin - CB</t>
   </si>
   <si>
-    <t>#55 Robert Price - LDE</t>
+    <t>#73 Robert Price - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BIR 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BIR 24 (14:56) 1-Richard Shoemaker pass Pass knocked down by 23-John Miller. incomplete, intended for 84-Bryant Cox.</t>
   </si>