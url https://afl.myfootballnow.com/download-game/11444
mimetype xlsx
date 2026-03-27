--- v4 (2026-03-03)
+++ v5 (2026-03-27)
@@ -461,51 +461,51 @@
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>BIR 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-BIR 29 (13:35) 7-Vernon Jaramillo punts 47 yards to WIM 24. 21-George Morgan to WIM 29 for 5 yards. Tackle by 28-James Bellis.</t>
   </si>
   <si>
     <t>#7 Vernon Jaramillo - P</t>
   </si>
   <si>
     <t>#61 William Morgan - LG</t>
   </si>
   <si>
     <t>#5 George Morgan - WR</t>
   </si>
   <si>
-    <t>#14 Jordan Sanford - WR</t>
+    <t>#80 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#84 James Flanagan - TE</t>
   </si>
   <si>
     <t>#7 Abraham Ivey - WR</t>
   </si>
   <si>
     <t>#16 Cruz Johnson - WR</t>
   </si>
   <si>
     <t>#18 Randy Rice - WR</t>
   </si>
   <si>
     <t>#83 Scott Young - TE</t>
   </si>
   <si>
     <t>#54 Hector Grossman - C</t>
   </si>
   <si>
     <t>#76 Alfredo Carter - RT</t>
   </si>
   <si>
     <t>#64 Lewis Lee - RG</t>
   </si>