--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -332,51 +332,51 @@
   <si>
     <t>#98 Justin Anderson - DT</t>
   </si>
   <si>
     <t>#69 William Gaither - RDE</t>
   </si>
   <si>
     <t>#4 Hassan Salgado - K</t>
   </si>
   <si>
     <t>APG</t>
   </si>
   <si>
     <t>APG 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-APG 25 (15:00) 18-William Williams pass complete to 49-David Lynn to APG 25 for a short loss. Tackle by 23-Joseph Washington. Great move by 49-David Lynn to get free of his coverage.</t>
   </si>
   <si>
-    <t>#18 William Williams - QB</t>
+    <t>#16 William Williams - QB</t>
   </si>
   <si>
     <t>#33 Ronald Metcalfe - RB</t>
   </si>
   <si>
     <t>#49 David Lynn - FB</t>
   </si>
   <si>
     <t>#87 Ronald Edwards - TE</t>
   </si>
   <si>
     <t>#85 David Burgess - WR</t>
   </si>
   <si>
     <t>#83 Danny Durham - WR</t>
   </si>
   <si>
     <t>#77 Matthew McClintock - RG</t>
   </si>
   <si>
     <t>#56 William Redinger - LG</t>
   </si>
   <si>
     <t>#58 Timothy Ross - C</t>
   </si>