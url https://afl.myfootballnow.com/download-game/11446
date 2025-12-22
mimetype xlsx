--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -392,51 +392,51 @@
   <si>
     <t>#66 Matthew Baron - DT</t>
   </si>
   <si>
     <t>#77 Robt Moore - DT</t>
   </si>
   <si>
     <t>#72 Brady Montgomery - RDE</t>
   </si>
   <si>
     <t>#97 Sam Perkins - SLB</t>
   </si>
   <si>
     <t>#54 Arthur Braggs - MLB</t>
   </si>
   <si>
     <t>#98 Paul Christy - WLB</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#45 Marion Liddell - CB</t>
   </si>
   <si>
-    <t>#21 Frank Slone - SS</t>
+    <t>#40 Frank Slone - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>YUC 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-6-Tex 29 (14:22) 44-Abraham Reyes ran to Tex 38 for 9 yards. Tackle by 49-Rodney Givens.</t>
   </si>
   <si>
     <t>#86 Albert Jackson - WR</t>
   </si>
   <si>
     <t>#16 Harold Cosentino - WR</t>
   </si>
   <si>
     <t>#23 Michael Green - CB</t>
   </si>