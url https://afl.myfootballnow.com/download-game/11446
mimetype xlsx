--- v1 (2025-12-22)
+++ v2 (2026-02-02)
@@ -656,51 +656,51 @@
   <si>
     <t>#32 Andrew Clements - CB</t>
   </si>
   <si>
     <t>#35 Kevin Helms - CB</t>
   </si>
   <si>
     <t>8:34</t>
   </si>
   <si>
     <t>RII 16</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>2-2-RII 16 (8:33) 21-William Barrios ran to RII 17 for 2 yards. Tackle by 32-Andrew Clements.</t>
   </si>
   <si>
     <t>#14 James Hill - WR</t>
   </si>
   <si>
-    <t>#13 Irving McIntyre - WR</t>
+    <t>#19 Irving McIntyre - WR</t>
   </si>
   <si>
     <t>#11 Clarence Guernsey - WR</t>
   </si>
   <si>
     <t>#26 Clifton Brown - CB</t>
   </si>
   <si>
     <t>#30 Blake Jones - FS</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>RII 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-1-RII 17 (7:52) 21-William Barrios ran to RII 18 for 1 yards. Tackle by 63-Frank Davidson.</t>
   </si>