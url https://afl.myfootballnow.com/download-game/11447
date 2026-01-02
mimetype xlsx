--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -470,51 +470,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-SWS 31 (13:43) 17-Duane Kelley punts 51 yards to PLL 18. 45-Steven Davis to PLL 23 for 5 yards. Tackle by 50-Stephen Hall.</t>
   </si>
   <si>
     <t>#17 Duane Kelley - P</t>
   </si>
   <si>
     <t>#45 Steven Davis - RB</t>
   </si>
   <si>
     <t>#95 Cesar Potts - DT</t>
   </si>
   <si>
     <t>#97 Charles Robertson - RDE</t>
   </si>
   <si>
     <t>#73 Giovanni Coffield - RG</t>
   </si>
   <si>
-    <t>#60 Leroy Coster - C</t>
+    <t>#63 Leroy Coster - C</t>
   </si>
   <si>
     <t>#56 Martin Sledge - MLB</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PLL 23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PLL 23 (13:35) 4-David Carrick pass complete to 14-John Myers to PLL 32 for 10 yards. Tackle by 50-Stephen Hall.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>SWS 19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-SWS 19 (7:50) 45-Steven Davis ran to SWS 17 for 2 yards. Tackle by 92-Mark Lee. PLL 65-Michael Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>SWS 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-8-SWS 17 (7:14) 4-David Carrick pass complete to 22-Michael Staudt to SWS 0 for 17 yards. TOUCHDOWN! SWS 0 PLL 6</t>
   </si>
   <si>
-    <t>#70 Kyle McConnell - C</t>
+    <t>#58 Kyle McConnell - C</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>SWS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:10) Extra point GOOD by 19-Curtis Robinson. SWS 0 PLL 7</t>
   </si>
   <si>
     <t>#12 Jerry Downing - QB</t>
   </si>
   <si>
     <t>#79 Daryl Martin - RG</t>
   </si>
   <si>
     <t>#60 Troy Manuel - LG</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-7-PLL 44 (5:01) 4-David Carrick pass complete to 82-Bruce Camper to SWS 30 for 25 yards. Tackle by 32-Thomas Christensen.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>SWS 30</t>
   </si>
   <si>
     <t>1-10-SWS 30 (4:16) 4-David Carrick pass complete to 22-Michael Staudt to SWS 17 for 13 yards. Tackle by 54-Robert Patterson. PLL 62-Eric Hartley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-SWS 17 (3:34) 4-David Carrick pass Pass knocked down by 92-Mark Lee. incomplete, intended for 47-Glen Snell. PENALTY - Pass Interference (SWS 92-Mark Lee)</t>
   </si>
   <si>
-    <t>#81 Melvin King - WR</t>
+    <t>#12 Melvin King - WR</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>SWS 12</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-SWS 12 (3:30) 4-David Carrick pass complete to 22-Michael Staudt to SWS 5 for 6 yards. Tackle by 50-Stephen Hall.</t>
   </si>
   <si>
     <t>#48 Kenneth Byrd - FS</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>SWS 5</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -1163,51 +1163,51 @@
   <si>
     <t>2-10-PLL 34 (5:27) PENALTY - False Start (SWS 14-Leon Strong)</t>
   </si>
   <si>
     <t>PLL 39</t>
   </si>
   <si>
     <t>2-15-PLL 39 (5:27) 14-Leon Strong pass complete to 88-Jimmy Dalke to PLL 34 for 5 yards. Tackle by 55-Ray Renfroe.</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>3-10-PLL 34 (4:51) 14-Leon Strong pass complete to 18-Herbert Bentley to PLL 33 for 2 yards. Tackle by 3-John Sturdivant.</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>PLL 33</t>
   </si>
   <si>
     <t>4-8-PLL 33 (4:10) 15-Stephen Barrera 50 yard field goal is GOOD. SWS 3 PLL 10</t>
   </si>
   <si>
-    <t>#9 Frank Brousseau - QB</t>
+    <t>#7 Frank Brousseau - QB</t>
   </si>
   <si>
     <t>#8 Stephen Barrera - K</t>
   </si>
   <si>
     <t>#66 Brian Martinez - LG</t>
   </si>
   <si>
     <t>#70 Jerry Smith - RT</t>
   </si>
   <si>
     <t>#69 Kelly Johnson - RDE</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>(4:06) 15-Stephen Barrera kicks 75 yards from SWS 35 to PLL -10. Touchback.</t>
   </si>
   <si>
     <t>PLL 25</t>
   </si>
   <si>
     <t>1-10-PLL 25 (4:06) 22-Michael Staudt ran to PLL 26 for 1 yards. Tackle by 67-Herman Donato.</t>
   </si>