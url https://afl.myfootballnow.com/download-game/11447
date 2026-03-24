--- v1 (2026-01-02)
+++ v2 (2026-03-24)
@@ -353,63 +353,63 @@
   <si>
     <t>1-10-SWS 25 (15:00) 21-Rueben Roy ran to SWS 24 for -1 yards. Tackle by 94-Cameron Shields.</t>
   </si>
   <si>
     <t>#16 Leon Strong - QB</t>
   </si>
   <si>
     <t>#36 Rueben Roy - RB</t>
   </si>
   <si>
     <t>#22 William Gouin - RB</t>
   </si>
   <si>
     <t>#35 Lawrence Daniel - FB</t>
   </si>
   <si>
     <t>#88 Jimmy Dalke - TE</t>
   </si>
   <si>
     <t>#84 Damion Stacy - TE</t>
   </si>
   <si>
     <t>#64 Omar Temple - LT</t>
   </si>
   <si>
-    <t>#77 Kevin Patterson - LT</t>
+    <t>#55 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#68 Nicholas Sydow - RG</t>
   </si>
   <si>
     <t>#74 Arthur Haile - RG</t>
   </si>
   <si>
     <t>#78 James Torres - RT</t>
   </si>
   <si>
-    <t>#60 Frank Najar - LDE</t>
+    <t>#78 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#69 Daniel Clark - LDE</t>
   </si>
   <si>
     <t>#66 Matthew Schroeder - DT</t>
   </si>
   <si>
     <t>#59 Larry Hayek - DT</t>
   </si>
   <si>
     <t>#72 Gonzalo Chrisman - RDE</t>
   </si>
   <si>
     <t>#93 Ray Renfroe - SLB</t>
   </si>
   <si>
     <t>#92 Cameron Shields - LDE</t>
   </si>
   <si>
     <t>#91 Ralph Olson - WLB</t>
   </si>
   <si>
     <t>#37 Randy Olson - CB</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>SWS 19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-SWS 19 (7:50) 45-Steven Davis ran to SWS 17 for 2 yards. Tackle by 92-Mark Lee. PLL 65-Michael Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>SWS 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-8-SWS 17 (7:14) 4-David Carrick pass complete to 22-Michael Staudt to SWS 0 for 17 yards. TOUCHDOWN! SWS 0 PLL 6</t>
   </si>
   <si>
-    <t>#58 Kyle McConnell - C</t>
+    <t>#64 Kyle McConnell - C</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>SWS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:10) Extra point GOOD by 19-Curtis Robinson. SWS 0 PLL 7</t>
   </si>
   <si>
     <t>#12 Jerry Downing - QB</t>
   </si>
   <si>
     <t>#79 Daryl Martin - RG</t>
   </si>
   <si>
     <t>#60 Troy Manuel - LG</t>
   </si>