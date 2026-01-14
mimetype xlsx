--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -539,51 +539,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-KCC 22 (12:03) 11-Darren Legaspi pass incomplete, intended for 66-Gerardo Howell.</t>
   </si>
   <si>
     <t>#11 Darren Legaspi - QB</t>
   </si>
   <si>
     <t>#66 Gerardo Howell - TE</t>
   </si>
   <si>
     <t>#23 Floyd Braggs - RB</t>
   </si>
   <si>
     <t>#10 Tom Vansant - WR</t>
   </si>
   <si>
     <t>#15 Fernando Hendren - WR</t>
   </si>
   <si>
     <t>#56 Joe Louque - RT</t>
   </si>
   <si>
-    <t>#75 Collin McNamara - RT</t>
+    <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>#77 William Osorio - C</t>
   </si>
   <si>
     <t>#75 Ray Kirchner - RG</t>
   </si>
   <si>
     <t>#65 Carlos Hager - RT</t>
   </si>
   <si>
     <t>#65 Nathan Walkup - DT</t>
   </si>
   <si>
     <t>#96 Michael Ferguson - RDE</t>
   </si>
   <si>
     <t>#38 Patrick Chess - CB</t>
   </si>
   <si>
     <t>#36 Steven Kirk - SS</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
@@ -1682,51 +1682,51 @@
   <si>
     <t>AFP 29</t>
   </si>
   <si>
     <t>3-9-KCC 29 (0:52) 11-Darren Legaspi pass complete to 33-Lewis Weinman to KCC 28 for a short loss. Tackle by 99-Karl Paquin. KCC 58-William Osorio was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>4-9-KCC 28 (0:05) 5-Collin Vance punts 46 yards to Can 26.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>1-10-Can 26 (15:00) 17-Richard Glenn pass INTERCEPTED by 31-Terrence Oglesby at Can 31. 31-Terrence Oglesby to Can 29 for 2 yards. Tackle by 78-Dennis Wyatt.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-Can 29 (14:56) 11-Darren Legaspi pass incomplete, dropped by 18-Tom Vansant. This is what happens when you keep calling the same offensive play.</t>
   </si>
   <si>
-    <t>#83 John Ceron - TE</t>
+    <t>#83 John Ceron - FB</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>2-10-Can 29 (14:53) 24-David Southwell ran to Can 22 for 7 yards. Tackle by 36-Steven Kirk. KCC 81-John Ceron was injured on the play. PENALTY - Holding (KCC 74-Collin McNamara)</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>2-20-Can 39 (14:49) 34-Ken Pilcher ran to Can 38 for 1 yards. Tackle by 65-Henry Grayer. KCC 34-Ken Pilcher was injured on the play.</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>3-19-Can 38 (14:13) 11-Darren Legaspi pass complete to 35-Daniel Dubois to Can 32 for 7 yards. Tackle by 41-Danny Croskey.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Can 32</t>
   </si>