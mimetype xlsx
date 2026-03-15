--- v1 (2026-01-14)
+++ v2 (2026-03-15)
@@ -374,51 +374,51 @@
   <si>
     <t>#62 Sam Hudnall - LT</t>
   </si>
   <si>
     <t>#60 Michael Townsend - LT</t>
   </si>
   <si>
     <t>#73 Kevin Olmstead - C</t>
   </si>
   <si>
     <t>#54 Dennis Wyatt - RG</t>
   </si>
   <si>
     <t>#70 Bruce Streetman - RG</t>
   </si>
   <si>
     <t>#77 James Brown - RDE</t>
   </si>
   <si>
     <t>#76 Maurice Murphy - DT</t>
   </si>
   <si>
     <t>#93 John Leary - DT</t>
   </si>
   <si>
-    <t>#69 Sheldon Barrera - RDE</t>
+    <t>#95 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#95 William Moore - SLB</t>
   </si>
   <si>
     <t>#90 Frank Seibold - MLB</t>
   </si>
   <si>
     <t>#55 Brian Ly - WLB</t>
   </si>
   <si>
     <t>#40 Max Ryan - CB</t>
   </si>
   <si>
     <t>#49 Richard Cruickshank - CB</t>
   </si>
   <si>
     <t>#31 Terrence Oglesby - SS</t>
   </si>
   <si>
     <t>#20 Glenn Lazo - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>1-10-KCC 22 (12:03) 11-Darren Legaspi pass incomplete, intended for 66-Gerardo Howell.</t>
   </si>
   <si>
     <t>#11 Darren Legaspi - QB</t>
   </si>
   <si>
     <t>#66 Gerardo Howell - TE</t>
   </si>
   <si>
     <t>#23 Floyd Braggs - RB</t>
   </si>
   <si>
     <t>#10 Tom Vansant - WR</t>
   </si>
   <si>
     <t>#15 Fernando Hendren - WR</t>
   </si>
   <si>
     <t>#56 Joe Louque - RT</t>
   </si>
   <si>
     <t>#70 Collin McNamara - C</t>
   </si>
   <si>
-    <t>#77 William Osorio - C</t>
+    <t>#60 William Osorio - C</t>
   </si>
   <si>
     <t>#75 Ray Kirchner - RG</t>
   </si>
   <si>
     <t>#65 Carlos Hager - RT</t>
   </si>
   <si>
     <t>#65 Nathan Walkup - DT</t>
   </si>
   <si>
     <t>#96 Michael Ferguson - RDE</t>
   </si>
   <si>
     <t>#38 Patrick Chess - CB</t>
   </si>
   <si>
     <t>#36 Steven Kirk - SS</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>