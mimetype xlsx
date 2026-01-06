--- v0 (2025-10-24)
+++ v1 (2026-01-06)
@@ -347,72 +347,72 @@
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAL 25 (15:00) 9-Howard Porter pass Pass knocked down by 37-James Kerby. incomplete, intended for 11-Carl Adair. Pressure by 65-Joseph Steed.</t>
   </si>
   <si>
     <t>#2 Howard Porter - QB</t>
   </si>
   <si>
     <t>#39 Mitchell Robinson - FB</t>
   </si>
   <si>
     <t>#82 Frank Lea - TE</t>
   </si>
   <si>
     <t>#11 Carl Adair - WR</t>
   </si>
   <si>
     <t>#11 Donald Regalado - WR</t>
   </si>
   <si>
-    <t>#50 Thomas Thomas - LT</t>
+    <t>#70 Thomas Thomas - LT</t>
   </si>
   <si>
     <t>#53 Joe Proulx - RG</t>
   </si>
   <si>
     <t>#63 William Davies - C</t>
   </si>
   <si>
     <t>#64 Stephen Sawyers - RG</t>
   </si>
   <si>
     <t>#68 Gerald Mullins - RT</t>
   </si>
   <si>
     <t>#65 Joseph Steed - LDE</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
-    <t>#57 John Theriot - DT</t>
+    <t>#79 John Theriot - DT</t>
   </si>
   <si>
     <t>#58 James Johnson - LDE</t>
   </si>
   <si>
     <t>#96 Lonnie Redd - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#56 Robert Brenner - WLB</t>
   </si>
   <si>
     <t>#48 James Kerby - CB</t>
   </si>
   <si>
     <t>#33 Anthony Kaiser - CB</t>
   </si>
   <si>
     <t>#31 Jonathan Robertson - SS</t>
   </si>
   <si>
     <t>#33 Matthew Sitton - CB</t>
   </si>
@@ -725,51 +725,51 @@
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>4-4-ARI 26 (7:26) 3-Ralph Williams punts 46 yards to CAL 28. 22-Robert Odell to CAL 28 for 1 yards. Tackle by 65-Joseph Steed.</t>
   </si>
   <si>
     <t>#3 Ralph Williams - P</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>CAL 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CAL 28 (7:19) 22-Robert Odell ran to CAL 32 for 4 yards. Tackle by 31-Jonathan Robertson.</t>
   </si>
   <si>
-    <t>#95 Adrian Palm - MLB</t>
+    <t>#99 Adrian Palm - MLB</t>
   </si>
   <si>
     <t>#41 Joseph Miller - SS</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
     <t>CAL 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-6-CAL 32 (6:44) 9-Howard Porter pass complete to 22-Robert Odell to CAL 37 for 6 yards. Tackle by 56-James Juarez.</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>CAL 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>