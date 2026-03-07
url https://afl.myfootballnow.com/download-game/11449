--- v1 (2026-01-06)
+++ v2 (2026-03-07)
@@ -392,51 +392,51 @@
   <si>
     <t>#79 John Theriot - DT</t>
   </si>
   <si>
     <t>#58 James Johnson - LDE</t>
   </si>
   <si>
     <t>#96 Lonnie Redd - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#56 Robert Brenner - WLB</t>
   </si>
   <si>
     <t>#48 James Kerby - CB</t>
   </si>
   <si>
     <t>#33 Anthony Kaiser - CB</t>
   </si>
   <si>
     <t>#31 Jonathan Robertson - SS</t>
   </si>
   <si>
-    <t>#33 Matthew Sitton - CB</t>
+    <t>#37 Matthew Sitton - CB</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-10-CAL 25 (14:55) 22-Robert Odell ran to CAL 29 for 4 yards. Tackle by 31-Jonathan Robertson.</t>
   </si>
   <si>
     <t>#86 Stephen Wilkinson - WR</t>
   </si>
   <si>
     <t>#75 Nelson Evans - RG</t>
   </si>
   <si>
     <t>#25 John Plank - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>1-10-ARI 23 (13:29) 38-Kenneth Wyant ran to ARI 28 for 5 yards. Tackle by 56-Russell Gregory.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#42 Larry Jennings - FB</t>
   </si>
   <si>
     <t>#89 Roy Tinch - TE</t>
   </si>
   <si>
     <t>#5 David Waller - WR</t>
   </si>
   <si>
     <t>#88 Mark Carter - WR</t>
   </si>
   <si>
     <t>#62 Christopher Ritchey - C</t>
   </si>
   <si>
     <t>#50 Terry McClure - LT</t>
   </si>
   <si>
-    <t>#73 Bo Deloach - C</t>
+    <t>#69 Bo Deloach - C</t>
   </si>
   <si>
     <t>#67 John Rowley - RG</t>
   </si>
   <si>
     <t>#71 Jerry Anthony - LT</t>
   </si>
   <si>
     <t>#66 Hugh Brown - LDE</t>
   </si>
   <si>
     <t>#76 Carmen Madison - DT</t>
   </si>
   <si>
     <t>#57 Vincenzo Davin - RDE</t>
   </si>
   <si>
     <t>#31 Steve Harper - CB</t>
   </si>
   <si>
     <t>#48 John Hooper - FS</t>
   </si>
   <si>
     <t>12:56</t>
   </si>