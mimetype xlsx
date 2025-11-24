--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -308,51 +308,51 @@
   <si>
     <t>#90 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#74 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#35 Richard Martin - CB</t>
   </si>
   <si>
-    <t>#99 Robert Price - LDE</t>
+    <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#14 Willie Waggoner - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 33-Anthony Taylor ran to BIR 24 for -1 yards. Tackle by 95-Arthur Ibarra.</t>
   </si>
   <si>
     <t>#9 Richard Shoemaker - QB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>#41 Christopher Santiago - CB</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>DAY 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>2-11-DAY 18 (12:09) 32-Douglas Goldman ran to DAY 15 for -3 yards. Tackle by 44-Gregory Timmons.</t>
   </si>
   <si>
     <t>#15 David Shaw - RB</t>
   </si>
   <si>
     <t>#18 Tristan Stewart - WR</t>
   </si>
   <si>
-    <t>#43 Kevin Scott - CB</t>
+    <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>DAY 15</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-13-DAY 15 (11:27) 8-Joseph Peterson pass Pass knocked down by 41-Christopher Santiago. incomplete, intended for 18-Tristan Stewart.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>4-13-DAY 15 (11:23) 5-Joseph Miller punts 48 yards to BIR 37. 89-Robert McNear to BIR 37 for 1 yards. Tackle by 71-Dennis Sisk. PENALTY - Offsides (BIR 95-Jason Carpenter)</t>
   </si>
   <si>
     <t>#5 Joseph Miller - P</t>
   </si>