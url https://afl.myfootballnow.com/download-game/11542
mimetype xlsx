--- v1 (2025-11-24)
+++ v2 (2026-01-07)
@@ -284,72 +284,72 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BIR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Willie Waggoner kicks 74 yards from DAY 35 to BIR -9. Touchback.</t>
   </si>
   <si>
     <t>#20 Patrick Houghtaling - TE</t>
   </si>
   <si>
-    <t>#90 Kevin Routh - RDE</t>
+    <t>#79 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
-    <t>#74 Jose Damiani - LDE</t>
+    <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
-    <t>#35 Richard Martin - CB</t>
+    <t>#39 Richard Martin - CB</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#14 Willie Waggoner - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 33-Anthony Taylor ran to BIR 24 for -1 yards. Tackle by 95-Arthur Ibarra.</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#64 Bryan Foster - DT</t>
   </si>
   <si>
     <t>#91 George Burkes - LDE</t>
   </si>
   <si>
     <t>#93 James Rentz - SLB</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
     <t>#95 Arthur Ibarra - WLB</t>
   </si>
   <si>
     <t>#42 Mike Nunley - CB</t>
   </si>
   <si>
     <t>#20 Alton Perry - CB</t>
   </si>
   <si>
     <t>#29 David Garcia - SS</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>BIR 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-11-BIR 24 (14:19) 33-Anthony Taylor ran to BIR 30 for 6 yards. Tackle by 49-Dennis Ross.</t>
   </si>
   <si>
     <t>#48 Harry Nowak - FB</t>
   </si>
   <si>
     <t>#33 John Rodriguez - RB</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
@@ -2366,51 +2366,51 @@
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>