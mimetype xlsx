--- v2 (2026-01-07)
+++ v3 (2026-03-05)
@@ -308,51 +308,51 @@
   <si>
     <t>#79 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#39 Richard Martin - CB</t>
   </si>
   <si>
-    <t>#55 Robert Price - LDE</t>
+    <t>#73 Robert Price - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#14 Willie Waggoner - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 33-Anthony Taylor ran to BIR 24 for -1 yards. Tackle by 95-Arthur Ibarra.</t>
   </si>
   <si>
     <t>#9 Richard Shoemaker - QB</t>
   </si>