--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -293,51 +293,51 @@
   <si>
     <t>WIM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Edward Barber kicks 75 yards from WIM 35 to YUC -10. Touchback.</t>
   </si>
   <si>
     <t>#36 Rueben Roy - RB</t>
   </si>
   <si>
     <t>#96 James Stewart - DT</t>
   </si>
   <si>
     <t>#81 Matthew Temple - TE</t>
   </si>
   <si>
     <t>#98 Brian Johnson - DT</t>
   </si>
   <si>
-    <t>#22 Steven Reyes - FS</t>
+    <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#56 Timothy Katz - WLB</t>
   </si>
   <si>
     <t>#70 Eric Donnelly - RDE</t>
   </si>
   <si>
     <t>#34 John Cobos - CB</t>
   </si>
   <si>
     <t>#48 James Cromer - CB</t>
   </si>
   <si>
     <t>#39 Lorenzo Smith - CB</t>
   </si>
   <si>
     <t>#63 James Morris - DT</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>MGA</t>
   </si>
@@ -515,72 +515,72 @@
   <si>
     <t>#76 Gary Houston - RT</t>
   </si>
   <si>
     <t>#60 Eduardo Brumley - C</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>WIM 44</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Corner</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WIM 44 (12:49) 9-Joshua Baker pass complete to 7-Abraham Ivey to YUC 19 for 37 yards. Pushed out of bounds by 26-Ted Edwards. 7-Abraham Ivey did some fancy footwork there. 31-Dan Miller got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 Joshua Baker - QB</t>
   </si>
   <si>
-    <t>#42 John Hamilton - RB</t>
+    <t>#44 John Hamilton - RB</t>
   </si>
   <si>
     <t>#89 Glenn Moore - TE</t>
   </si>
   <si>
     <t>#88 James Putman - WR</t>
   </si>
   <si>
-    <t>#75 Whitney Miracle - C</t>
+    <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#60 Cory Tichenor - LG</t>
   </si>
   <si>
     <t>#67 Stanley Workman - C</t>
   </si>
   <si>
     <t>#70 Todd Lopez - LT</t>
   </si>
   <si>
-    <t>#78 Lionel Hall - RT</t>
+    <t>#50 Lionel Hall - RT</t>
   </si>
   <si>
     <t>#53 David Moran - MLB</t>
   </si>
   <si>
     <t>#92 Richard Belle - MLB</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
     <t>#31 Dan Miller - CB</t>
   </si>
   <si>
     <t>#26 Ted Edwards - FS</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>MGA 19</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>#85 Joshua Peabody - TE</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>MGA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:38) Extra point GOOD by 8-Edward Barber. YUC 0 WIM 7</t>
   </si>
   <si>
     <t>#13 Joseph Tebo - P</t>
   </si>
   <si>
     <t>#76 Richard Ardoin - RT</t>
   </si>
   <si>
-    <t>#80 James Dudley - TE</t>
+    <t>#83 James Dudley - TE</t>
   </si>
   <si>
     <t>#68 Thomas Griffin - RT</t>
   </si>
   <si>
     <t>#74 Glenn Acker - LG</t>
   </si>
   <si>
     <t>#93 John Gaylord - MLB</t>
   </si>
   <si>
     <t>#72 James Milano - RDE</t>
   </si>
   <si>
     <t>#58 Donald Webb - MLB</t>
   </si>
   <si>
     <t>#50 William Shaw - WLB</t>
   </si>
   <si>
     <t>(10:38) 8-Edward Barber kicks 74 yards from WIM 35 to YUC -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-YUC 36 (7:43) 47-Morris Blaylock ran to YUC 32 for 4 yards. Tackle by 22-Steven Reyes.</t>
   </si>
   <si>
     <t>#18 Randy Rice - WR</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>MGA 32</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-YUC 32 (6:59) 42-John Hamilton ran to YUC 30 for 2 yards. Tackle by 70-Eric Donnelly.</t>
   </si>
   <si>
-    <t>#54 Phillip Jones - DT</t>
+    <t>#78 Phillip Jones - DT</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>3-4-YUC 30 (6:22) 9-Joshua Baker pass complete to 18-Randy Rice to YUC 8 for 22 yards. Tackle by 22-Steven Reyes.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>MGA 8</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-8-YUC 8 (5:41) 9-Joshua Baker pass Pass knocked down by 90-Richard Belle. incomplete, intended for 7-Abraham Ivey. WIM 60-Cory Tichenor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>