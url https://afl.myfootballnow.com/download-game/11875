--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to BIR -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Cecil Khoury - TE</t>
   </si>
   <si>
     <t>#35 Richard Martin - CB</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#25 Patrick Harrington - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#41 Christopher Santiago - CB</t>
   </si>
   <si>
-    <t>#99 Robert Price - LDE</t>
+    <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#74 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#26 Salvatore Cota - CB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>