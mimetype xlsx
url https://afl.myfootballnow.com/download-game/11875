--- v1 (2025-11-24)
+++ v2 (2026-01-07)
@@ -284,75 +284,75 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BIR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to BIR -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Cecil Khoury - TE</t>
   </si>
   <si>
-    <t>#35 Richard Martin - CB</t>
+    <t>#39 Richard Martin - CB</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#25 Patrick Harrington - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#41 Christopher Santiago - CB</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
-    <t>#74 Jose Damiani - LDE</t>
+    <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#26 Salvatore Cota - CB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 31-John Rodriguez ran to BIR 25 for a short gain. Tackle by 29-David Garcia.</t>
   </si>
   <si>
     <t>#9 Richard Shoemaker - QB</t>
   </si>
@@ -392,51 +392,51 @@
   <si>
     <t>#64 Bryan Foster - DT</t>
   </si>
   <si>
     <t>#65 Emanuel Oakes - RDE</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
   <si>
     <t>#93 James Rentz - SLB</t>
   </si>
   <si>
     <t>#95 Arthur Ibarra - WLB</t>
   </si>
   <si>
     <t>#42 Mike Nunley - CB</t>
   </si>
   <si>
     <t>#20 Alton Perry - CB</t>
   </si>
   <si>
     <t>#29 David Garcia - SS</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-BIR 25 (14:22) 1-Richard Shoemaker pass complete to 89-Robert McNear to BIR 37 for 12 yards. Tackle by 36-James Smith.</t>
   </si>
   <si>
     <t>#16 Bobby William - WR</t>
   </si>
   <si>
     <t>#89 Robert McNear - WR</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
     <t>#71 Dennis Sisk - WLB</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>1-10-DAY 22 (12:09) 8-Joseph Peterson pass complete to 18-Tristan Stewart to DAY 22 for a short gain. Tackle by 26-Salvatore Cota. DAY 84-Charles Velez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
   <si>
     <t>#32 Douglas Goldman - RB</t>
   </si>
   <si>
     <t>#84 Charles Velez - TE</t>
   </si>
   <si>
     <t>#15 David Shaw - RB</t>
   </si>
   <si>
     <t>#18 Tristan Stewart - WR</t>
   </si>
   <si>
     <t>#66 Willie Smith - LT</t>
   </si>
   <si>
     <t>#70 Reinaldo Allen - LG</t>
   </si>
   <si>
-    <t>#77 Gene Lee - LT</t>
+    <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#59 Craig Bailey - LG</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
     <t>#66 Wilbert Conners - LDE</t>
   </si>
   <si>
     <t>#72 Gerard Bessey - DT</t>
   </si>
   <si>
     <t>#96 Peter Campbell - DT</t>
   </si>
   <si>
     <t>#99 Alton Mathews - RDE</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>