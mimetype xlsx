--- v2 (2026-01-07)
+++ v3 (2026-03-05)
@@ -302,102 +302,102 @@
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to BIR -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Cecil Khoury - TE</t>
   </si>
   <si>
     <t>#39 Richard Martin - CB</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#25 Patrick Harrington - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#41 Christopher Santiago - CB</t>
   </si>
   <si>
-    <t>#55 Robert Price - LDE</t>
+    <t>#73 Robert Price - RDE</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#26 Salvatore Cota - CB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 31-John Rodriguez ran to BIR 25 for a short gain. Tackle by 29-David Garcia.</t>
   </si>
   <si>
     <t>#9 Richard Shoemaker - QB</t>
   </si>
   <si>
     <t>#33 John Rodriguez - RB</t>
   </si>
   <si>
     <t>#34 Steven Murry - RB</t>
   </si>
   <si>
     <t>#25 George Benito - FB</t>
   </si>
   <si>
     <t>#80 Anthony Baptista - TE</t>
   </si>
   <si>
     <t>#66 Stephen Paradis - C</t>
   </si>
   <si>
     <t>#51 Elmer Davis - LG</t>
   </si>
   <si>
-    <t>#77 William Osorio - C</t>
+    <t>#60 William Osorio - C</t>
   </si>
   <si>
     <t>#68 George Webb - RG</t>
   </si>
   <si>
     <t>#71 David Wingler - RT</t>
   </si>
   <si>
     <t>#91 George Burkes - LDE</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
     <t>#64 Bryan Foster - DT</t>
   </si>
   <si>
     <t>#65 Emanuel Oakes - RDE</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
   <si>
     <t>#93 James Rentz - SLB</t>
   </si>
@@ -500,102 +500,102 @@
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>BIR 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-BIR 34 (12:16) 7-Vernon Jaramillo punts 44 yards to DAY 22. Fair Catch by 17-Walter Hurley.</t>
   </si>
   <si>
     <t>#7 Vernon Jaramillo - P</t>
   </si>
   <si>
     <t>#67 Gary Anderson - RG</t>
   </si>
   <si>
     <t>#11 Walter Hurley - WR</t>
   </si>
   <si>
-    <t>#83 Travis Noel - LT</t>
+    <t>#67 Travis Noel - LT</t>
   </si>
   <si>
     <t>#73 Trey Latham - LT</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>DAY 22</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 22 (12:09) 8-Joseph Peterson pass complete to 18-Tristan Stewart to DAY 22 for a short gain. Tackle by 26-Salvatore Cota. DAY 84-Charles Velez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
   <si>
     <t>#32 Douglas Goldman - RB</t>
   </si>
   <si>
     <t>#84 Charles Velez - TE</t>
   </si>
   <si>
     <t>#15 David Shaw - RB</t>
   </si>
   <si>
     <t>#18 Tristan Stewart - WR</t>
   </si>
   <si>
     <t>#66 Willie Smith - LT</t>
   </si>
   <si>
     <t>#70 Reinaldo Allen - LG</t>
   </si>
   <si>
     <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#59 Craig Bailey - LG</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
-    <t>#66 Wilbert Conners - LDE</t>
+    <t>#99 Wilbert Conners - DT</t>
   </si>
   <si>
     <t>#72 Gerard Bessey - DT</t>
   </si>
   <si>
     <t>#96 Peter Campbell - DT</t>
   </si>
   <si>
     <t>#99 Alton Mathews - RDE</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>