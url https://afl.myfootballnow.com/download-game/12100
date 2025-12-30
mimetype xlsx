--- v0 (2025-10-19)
+++ v1 (2025-12-30)
@@ -287,51 +287,51 @@
   <si>
     <t>BIR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Timothy Anderson kicks 75 yards from HOU 35 to BIR -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Louis Pierce - QB</t>
   </si>
   <si>
     <t>#99 Alton Mathews - RDE</t>
   </si>
   <si>
-    <t>#43 Kevin Scott - CB</t>
+    <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#92 John Lewis - SLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#72 Gerard Bessey - DT</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
@@ -374,57 +374,57 @@
   <si>
     <t>#73 Trey Latham - LT</t>
   </si>
   <si>
     <t>#77 William Osorio - C</t>
   </si>
   <si>
     <t>#68 George Webb - RG</t>
   </si>
   <si>
     <t>#66 Stephen Paradis - C</t>
   </si>
   <si>
     <t>#59 Edward Scott - LDE</t>
   </si>
   <si>
     <t>#53 Casey Santana - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#53 Fred Dudash - SLB</t>
   </si>
   <si>
-    <t>#93 James Salmeron - MLB</t>
+    <t>#92 James Salmeron - MLB</t>
   </si>
   <si>
     <t>#90 Norman Dunaway - WLB</t>
   </si>
   <si>
-    <t>#42 Oscar Reyes - CB</t>
+    <t>#22 Oscar Reyes - CB</t>
   </si>
   <si>
     <t>#45 Denny Bixler - CB</t>
   </si>
   <si>
     <t>#32 Antoine Ritchey - CB</t>
   </si>
   <si>
     <t>#43 Colin Martin - SS</t>
   </si>
   <si>
     <t>#28 James Herring - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-BIR 25 (14:15) 30-Steven Murry ran to BIR 27 for 2 yards. Tackle by 93-James Salmeron.</t>
   </si>
@@ -566,63 +566,63 @@
   <si>
     <t>#64 Allen Hanna - LG</t>
   </si>
   <si>
     <t>#72 Richard Jimenez - C</t>
   </si>
   <si>
     <t>#70 Mark Eaton - LT</t>
   </si>
   <si>
     <t>#73 Frank Wood - RT</t>
   </si>
   <si>
     <t>#66 Wilbert Conners - LDE</t>
   </si>
   <si>
     <t>#64 George Figueroa - LDE</t>
   </si>
   <si>
     <t>#91 Wesley Ford - DT</t>
   </si>
   <si>
     <t>#60 Keith Austin - RDE</t>
   </si>
   <si>
-    <t>#74 Jose Damiani - LDE</t>
+    <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#41 Christopher Santiago - CB</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
-    <t>#35 Richard Martin - CB</t>
+    <t>#39 Richard Martin - CB</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>HOU 17</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-HOU 17 (11:53) 8-Lance King pass complete to 37-Robert Smith to HOU 28 for 11 yards. Tackle by 44-Gregory Timmons. HOU 64-Allen Hanna was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Bobby Walla - WR</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>11:19</t>
   </si>