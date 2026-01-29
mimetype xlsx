--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -293,51 +293,51 @@
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Timothy Anderson kicks 75 yards from HOU 35 to BIR -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Louis Pierce - QB</t>
   </si>
   <si>
     <t>#99 Alton Mathews - RDE</t>
   </si>
   <si>
     <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
-    <t>#92 John Lewis - SLB</t>
+    <t>#97 John Lewis - SLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#72 Gerard Bessey - DT</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#11 Timothy Anderson - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>