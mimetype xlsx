--- v2 (2026-01-29)
+++ v3 (2026-03-04)
@@ -305,99 +305,99 @@
   <si>
     <t>#11 Louis Pierce - QB</t>
   </si>
   <si>
     <t>#99 Alton Mathews - RDE</t>
   </si>
   <si>
     <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#97 John Lewis - SLB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#42 Ronald Davey - CB</t>
   </si>
   <si>
-    <t>#55 Robert Price - LDE</t>
+    <t>#73 Robert Price - RDE</t>
   </si>
   <si>
     <t>#72 Gerard Bessey - DT</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#11 Timothy Anderson - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 9-Joe Callahan ran to BIR 25 for a short loss. Tackle by 53-Fred Dudash.</t>
   </si>
   <si>
     <t>#34 Steven Murry - RB</t>
   </si>
   <si>
     <t>#26 Joe Callahan - RB</t>
   </si>
   <si>
     <t>#16 Bobby William - WR</t>
   </si>
   <si>
     <t>#15 Kevin Gardner - WR</t>
   </si>
   <si>
     <t>#89 Robert McNear - WR</t>
   </si>
   <si>
     <t>#67 Gary Anderson - RG</t>
   </si>
   <si>
     <t>#73 Trey Latham - LT</t>
   </si>
   <si>
-    <t>#77 William Osorio - C</t>
+    <t>#60 William Osorio - C</t>
   </si>
   <si>
     <t>#68 George Webb - RG</t>
   </si>
   <si>
     <t>#66 Stephen Paradis - C</t>
   </si>
   <si>
     <t>#59 Edward Scott - LDE</t>
   </si>
   <si>
     <t>#53 Casey Santana - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#53 Fred Dudash - SLB</t>
   </si>
   <si>
     <t>#92 James Salmeron - MLB</t>
   </si>
   <si>
     <t>#90 Norman Dunaway - WLB</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#37 Robert Martin - FB</t>
   </si>
   <si>
     <t>#81 Travis Dearborn - TE</t>
   </si>
   <si>
     <t>#81 Robert Smith - TE</t>
   </si>
   <si>
     <t>#50 Kevin Zayas - LG</t>
   </si>
   <si>
     <t>#64 Allen Hanna - LG</t>
   </si>
   <si>
     <t>#72 Richard Jimenez - C</t>
   </si>
   <si>
     <t>#70 Mark Eaton - LT</t>
   </si>
   <si>
     <t>#73 Frank Wood - RT</t>
   </si>
   <si>
-    <t>#66 Wilbert Conners - LDE</t>
+    <t>#99 Wilbert Conners - DT</t>
   </si>
   <si>
     <t>#64 George Figueroa - LDE</t>
   </si>
   <si>
     <t>#91 Wesley Ford - DT</t>
   </si>
   <si>
     <t>#60 Keith Austin - RDE</t>
   </si>
   <si>
     <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#41 Christopher Santiago - CB</t>
   </si>
   <si>
     <t>#39 Nathaniel McHenry - CB</t>
   </si>
   <si>
     <t>#39 Richard Martin - CB</t>
   </si>
@@ -1142,51 +1142,51 @@
   <si>
     <t>2-10-HOU 17 (6:42) 30-Steven Murry ran to HOU 14 for 3 yards. Tackle by 93-James Salmeron.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>HOU 14</t>
   </si>
   <si>
     <t>3-7-HOU 14 (6:05) 13-Louis Pierce pass complete to 87-Bobby William to HOU 11 for 3 yards. Tackle by 53-Fred Dudash.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>HOU 11</t>
   </si>
   <si>
     <t>4-4-HOU 11 (5:31) 10-Maurice Maly 29 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#10 Maurice Maly - K</t>
   </si>
   <si>
-    <t>#83 Travis Noel - LT</t>
+    <t>#67 Travis Noel - LT</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#56 Randy Sherwood - MLB</t>
   </si>
   <si>
     <t>#52 Brian Slaton - DT</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-HOU 20 (5:29) 8-Lance King pass complete to 81-Travis Dearborn to BIR 41 for 39 yards. Tackle by 44-Gregory Timmons.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>BIR 41</t>
   </si>