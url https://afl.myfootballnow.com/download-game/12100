--- v3 (2026-03-04)
+++ v4 (2026-03-30)
@@ -527,51 +527,51 @@
   <si>
     <t>#98 Shane Shepherd - LDE</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HOU 18 (12:34) 23-Jason Williams ran to HOU 17 for -1 yards. Tackle by 90-George Figueroa.</t>
   </si>
   <si>
     <t>#8 Lance King - QB</t>
   </si>
   <si>
     <t>#25 Jason Williams - RB</t>
   </si>
   <si>
-    <t>#24 Steven Koch - RB</t>
+    <t>#37 Steven Koch - RB</t>
   </si>
   <si>
     <t>#37 Robert Martin - FB</t>
   </si>
   <si>
     <t>#81 Travis Dearborn - TE</t>
   </si>
   <si>
     <t>#81 Robert Smith - TE</t>
   </si>
   <si>
     <t>#50 Kevin Zayas - LG</t>
   </si>
   <si>
     <t>#64 Allen Hanna - LG</t>
   </si>
   <si>
     <t>#72 Richard Jimenez - C</t>
   </si>
   <si>
     <t>#70 Mark Eaton - LT</t>
   </si>
   <si>
     <t>#73 Frank Wood - RT</t>
   </si>
@@ -1148,54 +1148,54 @@
   <si>
     <t>HOU 14</t>
   </si>
   <si>
     <t>3-7-HOU 14 (6:05) 13-Louis Pierce pass complete to 87-Bobby William to HOU 11 for 3 yards. Tackle by 53-Fred Dudash.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>HOU 11</t>
   </si>
   <si>
     <t>4-4-HOU 11 (5:31) 10-Maurice Maly 29 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#10 Maurice Maly - K</t>
   </si>
   <si>
     <t>#67 Travis Noel - LT</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
-    <t>#56 Randy Sherwood - MLB</t>
-[...2 lines deleted...]
-    <t>#52 Brian Slaton - DT</t>
+    <t>#50 Randy Sherwood - MLB</t>
+  </si>
+  <si>
+    <t>#74 Brian Slaton - DT</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-HOU 20 (5:29) 8-Lance King pass complete to 81-Travis Dearborn to BIR 41 for 39 yards. Tackle by 44-Gregory Timmons.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>BIR 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-BIR 41 (4:45) 27-Orlando Ousley ran to BIR 38 for 3 yards. Tackle by 97-Ricky Stewart.</t>
   </si>
   <si>
     <t>#89 Michael Lowe - TE</t>
   </si>