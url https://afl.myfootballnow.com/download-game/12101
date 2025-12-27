--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -281,57 +281,57 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAK has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-James Poteet kicks 75 yards from DAK 35 to WIM -10. Touchback.</t>
   </si>
   <si>
-    <t>#42 John Hamilton - RB</t>
+    <t>#44 John Hamilton - RB</t>
   </si>
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
-    <t>#75 Whitney Miracle - C</t>
+    <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#34 Mike Anderson - FB</t>
   </si>
   <si>
     <t>#74 Glenn Acker - LG</t>
   </si>
   <si>
     <t>#85 Joshua Peabody - TE</t>
   </si>
   <si>
     <t>#46 Mark Jefferson - SS</t>
   </si>
   <si>
     <t>#80 James Dudley - TE</t>
   </si>
   <si>
     <t>#89 Glenn Moore - TE</t>
   </si>
   <si>
     <t>#14 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#58 Sean Gonzales - C</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-WIM 25 (15:00) 9-Joshua Baker pass complete to 14-Jordan Sanford to WIM 34 for 9 yards. Tackle by 41-Gary Grove.</t>
   </si>
   <si>
     <t>#9 Joshua Baker - QB</t>
   </si>
   <si>
     <t>#7 Abraham Ivey - WR</t>
   </si>
   <si>
     <t>#88 James Putman - WR</t>
   </si>
   <si>
     <t>#68 Lewis Harrell - LT</t>
   </si>
   <si>
     <t>#60 Cory Tichenor - LG</t>
   </si>
   <si>
     <t>#67 Stanley Workman - C</t>
   </si>
   <si>
     <t>#70 Todd Lopez - LT</t>
   </si>
   <si>
-    <t>#78 Lionel Hall - RT</t>
+    <t>#50 Lionel Hall - RT</t>
   </si>
   <si>
     <t>#53 Albert Strickland - DT</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
     <t>#90 Carl Jepsen - RDE</t>
   </si>
   <si>
     <t>#59 Michael Bush - SLB</t>
   </si>
   <si>
     <t>#58 George Goodson - MLB</t>
   </si>
   <si>
     <t>#94 Lawrence Boyd - SLB</t>
   </si>
   <si>
     <t>#45 Gary Grove - CB</t>
   </si>
   <si>
     <t>#23 Douglas Shriver - CB</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#47 Morris Blaylock - RB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>DAK 7</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-7-DAK 7 (10:50) 9-Joshua Baker pass complete to 14-Jordan Sanford for 7 yards. TOUCHDOWN! DAK 0 WIM 6</t>
   </si>
   <si>
     <t>#77 Michael Torres - LDE</t>
   </si>
   <si>
     <t>#55 Robert Hoffman - SLB</t>
   </si>
   <si>
-    <t>#51 Stanley Barker - WLB</t>
+    <t>#54 Stanley Barker - WLB</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>DAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:47) Extra point GOOD by 8-Edward Barber. DAK 0 WIM 7</t>
   </si>
   <si>
     <t>#13 Joseph Tebo - P</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>#92 Gary Diaz - DT</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>#11 Dale Canales - QB</t>
   </si>
   <si>
     <t>#47 Steve Unger - RB</t>
   </si>
   <si>
     <t>#21 Steve Burns - FB</t>
   </si>
   <si>
     <t>#83 Thomas Owens - TE</t>
   </si>
   <si>
     <t>#88 David Weed - WR</t>
   </si>
   <si>
     <t>#84 Matthew Ellis - WR</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
     <t>#79 Donald Mauer - LG</t>
   </si>
   <si>
-    <t>#52 Ronald Kent - C</t>
+    <t>#52 Ronald Kent - LG</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
     <t>#76 Mark Johnson - RT</t>
   </si>
   <si>
     <t>#92 William Vaughn - LDE</t>
   </si>
   <si>
     <t>#58 Levi Giddings - DT</t>
   </si>
   <si>
     <t>#75 Robert David - DT</t>
   </si>
   <si>
     <t>#61 Samuel Fox - RDE</t>
   </si>
   <si>
     <t>#56 Raymond McClendon - SLB</t>
   </si>
   <si>
     <t>#91 Kenneth Sorensen - MLB</t>
   </si>