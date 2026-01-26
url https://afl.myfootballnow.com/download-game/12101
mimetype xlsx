--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 7-James Poteet kicks 75 yards from DAK 35 to WIM -10. Touchback.</t>
   </si>
   <si>
     <t>#44 John Hamilton - RB</t>
   </si>
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#34 Mike Anderson - FB</t>
   </si>
   <si>
     <t>#74 Glenn Acker - LG</t>
   </si>
   <si>
     <t>#85 Joshua Peabody - TE</t>
   </si>
   <si>
     <t>#46 Mark Jefferson - SS</t>
   </si>
   <si>
-    <t>#80 James Dudley - TE</t>
+    <t>#83 James Dudley - TE</t>
   </si>
   <si>
     <t>#89 Glenn Moore - TE</t>
   </si>
   <si>
     <t>#14 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#58 Sean Gonzales - C</t>
   </si>
   <si>
     <t>#7 James Poteet - K</t>
   </si>
   <si>
     <t>WIM</t>
   </si>
   <si>
     <t>WIM 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#47 Morris Blaylock - RB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>DAK 7</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-7-DAK 7 (10:50) 9-Joshua Baker pass complete to 14-Jordan Sanford for 7 yards. TOUCHDOWN! DAK 0 WIM 6</t>
   </si>
   <si>
     <t>#77 Michael Torres - LDE</t>
   </si>
   <si>
     <t>#55 Robert Hoffman - SLB</t>
   </si>
   <si>
-    <t>#54 Stanley Barker - WLB</t>
+    <t>#55 Stanley Barker - WLB</t>
   </si>
   <si>
     <t>10:46</t>
   </si>
   <si>
     <t>DAK 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:47) Extra point GOOD by 8-Edward Barber. DAK 0 WIM 7</t>
   </si>
   <si>
     <t>#13 Joseph Tebo - P</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>#92 Gary Diaz - DT</t>
   </si>