--- v2 (2026-01-26)
+++ v3 (2026-03-28)
@@ -308,99 +308,99 @@
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#34 Mike Anderson - FB</t>
   </si>
   <si>
     <t>#74 Glenn Acker - LG</t>
   </si>
   <si>
     <t>#85 Joshua Peabody - TE</t>
   </si>
   <si>
     <t>#46 Mark Jefferson - SS</t>
   </si>
   <si>
     <t>#83 James Dudley - TE</t>
   </si>
   <si>
     <t>#89 Glenn Moore - TE</t>
   </si>
   <si>
-    <t>#14 Jordan Sanford - WR</t>
+    <t>#80 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#58 Sean Gonzales - C</t>
   </si>
   <si>
     <t>#7 James Poteet - K</t>
   </si>
   <si>
     <t>WIM</t>
   </si>
   <si>
     <t>WIM 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WIM 25 (15:00) 9-Joshua Baker pass complete to 14-Jordan Sanford to WIM 34 for 9 yards. Tackle by 41-Gary Grove.</t>
   </si>
   <si>
     <t>#9 Joshua Baker - QB</t>
   </si>
   <si>
     <t>#7 Abraham Ivey - WR</t>
   </si>
   <si>
     <t>#88 James Putman - WR</t>
   </si>
   <si>
     <t>#68 Lewis Harrell - LT</t>
   </si>
   <si>
     <t>#60 Cory Tichenor - LG</t>
   </si>
   <si>
     <t>#67 Stanley Workman - C</t>
   </si>
   <si>
     <t>#70 Todd Lopez - LT</t>
   </si>
   <si>
     <t>#50 Lionel Hall - RT</t>
   </si>
   <si>
-    <t>#53 Albert Strickland - DT</t>
+    <t>#75 Albert Strickland - DT</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
     <t>#90 Carl Jepsen - RDE</t>
   </si>
   <si>
     <t>#59 Michael Bush - SLB</t>
   </si>
   <si>
     <t>#58 George Goodson - MLB</t>
   </si>
   <si>
     <t>#94 Lawrence Boyd - SLB</t>
   </si>
   <si>
     <t>#45 Gary Grove - CB</t>
   </si>
   <si>
     <t>#23 Douglas Shriver - CB</t>
   </si>
   <si>
     <t>#22 Jeff Green - CB</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>WIM 46</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>1-10-WIM 46 (13:37) 9-Joshua Baker pass Pass knocked down by 41-Gary Grove. incomplete, intended for 42-John Hamilton.</t>
   </si>
   <si>
     <t>#55 Jerry Myers - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-10-WIM 46 (13:33) 28-Johnnie Bybee ran to DAK 42 for 12 yards. Tackle by 41-Gary Grove.</t>
   </si>
   <si>
-    <t>#28 Johnnie Bybee - RB</t>
+    <t>#24 Johnnie Bybee - RB</t>
   </si>
   <si>
     <t>#52 John Johnson - DT</t>
   </si>
   <si>
     <t>#25 Alvin Robinson - MLB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>DAK 42</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DAK 42 (12:47) 9-Joshua Baker pass Pass knocked down by 48-David Franklin. incomplete, intended for 16-Cruz Johnson.</t>
   </si>
   <si>
     <t>#16 Cruz Johnson - WR</t>
   </si>