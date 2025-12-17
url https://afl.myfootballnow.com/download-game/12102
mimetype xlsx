--- v0 (2025-10-24)
+++ v1 (2025-12-17)
@@ -305,51 +305,51 @@
   <si>
     <t>#17 Terrence Whaley - RB</t>
   </si>
   <si>
     <t>#95 Roger Dancer - RDE</t>
   </si>
   <si>
     <t>#98 Bobby Corbin - DT</t>
   </si>
   <si>
     <t>#99 Astin Riley - DT</t>
   </si>
   <si>
     <t>#75 Harold Stark - LDE</t>
   </si>
   <si>
     <t>#61 Tim Gibbons - RDE</t>
   </si>
   <si>
     <t>#52 Alexander Iglesias - MLB</t>
   </si>
   <si>
     <t>#90 Raymond Taylor - SLB</t>
   </si>
   <si>
-    <t>#21 Frank Slone - SS</t>
+    <t>#40 Frank Slone - SS</t>
   </si>
   <si>
     <t>#75 Alfred Adler - DT</t>
   </si>
   <si>
     <t>#53 Gene Hunter - MLB</t>
   </si>
   <si>
     <t>#3 Phil Read - K</t>
   </si>
   <si>
     <t>COL</t>
   </si>
   <si>
     <t>COL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-COL 25 (15:00) 17-Terrence Whaley ran to COL 35 for 10 yards. Tackle by 26-John Christiansen.</t>
   </si>