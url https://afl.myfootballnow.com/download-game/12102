--- v1 (2025-12-17)
+++ v2 (2026-01-16)
@@ -341,51 +341,51 @@
   <si>
     <t>COL</t>
   </si>
   <si>
     <t>COL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-COL 25 (15:00) 17-Terrence Whaley ran to COL 35 for 10 yards. Tackle by 26-John Christiansen.</t>
   </si>
   <si>
     <t>#5 Christopher Russell - QB</t>
   </si>
   <si>
     <t>#43 Edwin Schutt - FB</t>
   </si>
   <si>
     <t>#18 James Burton - WR</t>
   </si>
   <si>
-    <t>#11 Mathew Mueller - WR</t>
+    <t>#87 Mathew Mueller - WR</t>
   </si>
   <si>
     <t>#16 Arthur Frampton - WR</t>
   </si>
   <si>
     <t>#62 Arturo Erickson - LG</t>
   </si>
   <si>
     <t>#78 Brian Arredondo - LG</t>
   </si>
   <si>
     <t>#73 Harry Spires - LT</t>
   </si>
   <si>
     <t>#77 Jose Slocum - RG</t>
   </si>
   <si>
     <t>#69 Rick Lichtenstein - RT</t>
   </si>
   <si>
     <t>#99 Paul Barnett - LDE</t>
   </si>
   <si>
     <t>#53 Christopher Singleton - WLB</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>COL 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-COL 35 (14:15) 17-Terrence Whaley ran to COL 39 for 3 yards. Tackle by 55-Jason Thompson. AMM 97-Larry Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#27 Robert Cunningham - FB</t>
   </si>
   <si>
     <t>#80 Leon Heap - TE</t>
   </si>
   <si>
     <t>#44 William Gonzales - FB</t>
   </si>
   <si>
     <t>#58 Nathan Langston - DT</t>
   </si>
   <si>
-    <t>#91 Michael Smith - DT</t>
+    <t>#57 Michael Smith - DT</t>
   </si>
   <si>
     <t>#92 Reginald McClanahan - LDE</t>
   </si>
   <si>
     <t>#47 Thomas Patterson - CB</t>
   </si>
   <si>
     <t>#90 Leonard Brinton - SS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Timeout COL</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>COL 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>3-8-AMM 36 (5:35) 5-Vincent Mack pass complete to 45-Abraham Reyes to AMM 37 for 1 yards. Tackle by 30-Frank Slone.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-AMM 37 (4:56) 7-Charles Jones punts 63 yards to COL 0.</t>
   </si>
   <si>
     <t>#3 Charles Jones - P</t>
   </si>
   <si>
     <t>#59 Terry Otto - C</t>
   </si>
   <si>
-    <t>#85 George Poole - TE</t>
+    <t>#85 George Poole - FB</t>
   </si>
   <si>
     <t>#52 Alvin Cottman - LT</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>COL 0</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-COL 0 (4:45) 17-Terrence Whaley ran to COL 2 for 2 yards. Tackle by 97-Larry Moore. PENALTY - Offsides (AMM 97-Larry Moore)</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>COL 5</t>
   </si>
@@ -1535,51 +1535,51 @@
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>3-1-AMM 18 (5:19) 22-Isaac Halligan ran to AMM 17 for 1 yards. Tackle by 97-Larry Moore. PENALTY - Holding (COL 77-Jose Slocum)</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>3-10-AMM 27 (5:17) 5-Christopher Russell pass complete to 18-James Burton to AMM 25 for 3 yards. Tackle by 47-Thomas Patterson. 18-James Burton made a great move on the CB. COL 74-Harry Spires was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (AMM 47-Thomas Patterson)</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>1-10-AMM 17 (5:13) 22-Isaac Halligan ran to AMM 15 for 2 yards. Tackle by 55-Jason Thompson.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>2-8-AMM 15 (4:39) 17-Terrence Whaley ran to AMM 8 for 7 yards. Tackle by 48-John Martin.</t>
   </si>
   <si>
-    <t>#60 Harold Meza - C</t>
+    <t>#63 Harold Meza - C</t>
   </si>
   <si>
     <t>4:06</t>
   </si>
   <si>
     <t>3-1-AMM 8 (4:05) 5-Christopher Russell pass Pass knocked down by 55-Jason Thompson. incomplete, intended for 80-Leon Heap.</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>4-1-AMM 8 (4:03) 8-Jeffrey Lester 26 yard field goal is GOOD. COL 20 AMM 6</t>
   </si>
   <si>
     <t>(4:00) 8-Jeffrey Lester kicks 72 yards from COL 35 to AMM -7. 45-Abraham Reyes to AMM 26 for 33 yards. Tackle by 75-Alfred Adler.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>1-10-AMM 26 (3:55) 5-Vincent Mack pass complete to 82-Nathan Goldberg to AMM 36 for 11 yards. Tackle by 55-Tim Abel.</t>
   </si>
   <si>
     <t>3:22</t>
   </si>