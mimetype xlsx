--- v2 (2026-01-16)
+++ v3 (2026-03-19)
@@ -338,126 +338,126 @@
   <si>
     <t>#3 Phil Read - K</t>
   </si>
   <si>
     <t>COL</t>
   </si>
   <si>
     <t>COL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-COL 25 (15:00) 17-Terrence Whaley ran to COL 35 for 10 yards. Tackle by 26-John Christiansen.</t>
   </si>
   <si>
     <t>#5 Christopher Russell - QB</t>
   </si>
   <si>
     <t>#43 Edwin Schutt - FB</t>
   </si>
   <si>
-    <t>#18 James Burton - WR</t>
+    <t>#89 James Burton - WR</t>
   </si>
   <si>
     <t>#87 Mathew Mueller - WR</t>
   </si>
   <si>
     <t>#16 Arthur Frampton - WR</t>
   </si>
   <si>
     <t>#62 Arturo Erickson - LG</t>
   </si>
   <si>
     <t>#78 Brian Arredondo - LG</t>
   </si>
   <si>
     <t>#73 Harry Spires - LT</t>
   </si>
   <si>
     <t>#77 Jose Slocum - RG</t>
   </si>
   <si>
     <t>#69 Rick Lichtenstein - RT</t>
   </si>
   <si>
     <t>#99 Paul Barnett - LDE</t>
   </si>
   <si>
     <t>#53 Christopher Singleton - WLB</t>
   </si>
   <si>
     <t>#68 Larry Moore - DT</t>
   </si>
   <si>
     <t>#77 Jarred Hadden - LDE</t>
   </si>
   <si>
     <t>#58 Thomas Kirchner - SLB</t>
   </si>
   <si>
     <t>#55 Jason Thompson - MLB</t>
   </si>
   <si>
     <t>#58 Cory Rivera - WLB</t>
   </si>
   <si>
-    <t>#42 Jeffery Hamilton - CB</t>
+    <t>#29 Jeffery Hamilton - CB</t>
   </si>
   <si>
     <t>#41 Jeffrey Combs - CB</t>
   </si>
   <si>
     <t>#26 John Christiansen - SS</t>
   </si>
   <si>
     <t>#48 John Martin - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>COL 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-COL 35 (14:15) 17-Terrence Whaley ran to COL 39 for 3 yards. Tackle by 55-Jason Thompson. AMM 97-Larry Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#27 Robert Cunningham - FB</t>
   </si>
   <si>
-    <t>#80 Leon Heap - TE</t>
+    <t>#81 Leon Heap - TE</t>
   </si>
   <si>
     <t>#44 William Gonzales - FB</t>
   </si>
   <si>
     <t>#58 Nathan Langston - DT</t>
   </si>
   <si>
     <t>#57 Michael Smith - DT</t>
   </si>
   <si>
     <t>#92 Reginald McClanahan - LDE</t>
   </si>
   <si>
     <t>#47 Thomas Patterson - CB</t>
   </si>
   <si>
     <t>#90 Leonard Brinton - SS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Timeout COL</t>
   </si>
@@ -1058,51 +1058,51 @@
   <si>
     <t>2-7-AMM 46 (7:40) 22-Isaac Halligan ran to AMM 39 for 7 yards. Tackle by 48-John Martin.</t>
   </si>
   <si>
     <t>#56 Preston Gordon - MLB</t>
   </si>
   <si>
     <t>AMM 39</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-AMM 39 (7:00) 5-Christopher Russell pass complete to 43-Edwin Schutt to AMM 26 for 13 yards. Tackle by 58-Thomas Kirchner. 43-Edwin Schutt breaks down the CB.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>AMM 26</t>
   </si>
   <si>
     <t>1-10-AMM 26 (6:21) 22-Isaac Halligan ran to AMM 28 for -2 yards. Tackle by 56-Preston Gordon.</t>
   </si>
   <si>
-    <t>#88 Brett Newcomb - WR</t>
+    <t>#87 Brett Newcomb - WR</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>2-12-AMM 28 (5:45) 17-Terrence Whaley ran to AMM 24 for 3 yards. Tackle by 91-Michael Smith. COL 69-Rick Lichtenstein was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>AMM 24</t>
   </si>
   <si>
     <t>3-9-AMM 24 (5:12) 17-Terrence Whaley ran to AMM 24 for 1 yards. Tackle by 91-Michael Smith. PENALTY - Unnecessary Roughness (AMM 91-Michael Smith)</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>AMM 9</t>
   </si>
   <si>
     <t>1-9-AMM 9 (5:10) 17-Terrence Whaley ran to AMM 7 for 2 yards. Tackle by 91-Michael Smith.</t>
   </si>