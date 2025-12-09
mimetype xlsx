--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -380,51 +380,51 @@
   <si>
     <t>#69 Carlos Johnson - C</t>
   </si>
   <si>
     <t>#75 Ray Kirchner - RG</t>
   </si>
   <si>
     <t>#73 Brian Singh - RT</t>
   </si>
   <si>
     <t>#71 David McNeil - LDE</t>
   </si>
   <si>
     <t>#73 James Valentine - DT</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
     <t>#62 Gerald Harding - RDE</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
-    <t>#96 Robert Hanson - MLB</t>
+    <t>#93 Robert Hanson - MLB</t>
   </si>
   <si>
     <t>#90 Christian Williams - WLB</t>
   </si>
   <si>
     <t>#32 Andrew Clements - CB</t>
   </si>
   <si>
     <t>#35 Brandon Harding - CB</t>
   </si>
   <si>
     <t>#25 James Johnson - CB</t>
   </si>
   <si>
     <t>#24 Craig Gutierrez - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NJG 34</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>