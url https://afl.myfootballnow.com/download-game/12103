--- v1 (2025-12-09)
+++ v2 (2026-01-05)
@@ -455,51 +455,51 @@
   <si>
     <t>(14:47) Extra point by 14-James Hill is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#12 Dale Burnett - QB</t>
   </si>
   <si>
     <t>#75 Zachary Krantz - RG</t>
   </si>
   <si>
     <t>#57 Fred Alexander - SLB</t>
   </si>
   <si>
     <t>#59 Richard Mosley - RDE</t>
   </si>
   <si>
     <t>#95 Kerry Osuna - RDE</t>
   </si>
   <si>
     <t>#79 John Boyles - DT</t>
   </si>
   <si>
     <t>#95 Ronnie Battles - DT</t>
   </si>
   <si>
-    <t>#95 Shad Grier - MLB</t>
+    <t>#97 Shad Grier - MLB</t>
   </si>
   <si>
     <t>NJG 35</t>
   </si>
   <si>
     <t>(14:47) 56-Fred Alexander kicks 59 yards from NJG 35 to OAK 6. 34-Shannon Manning to OAK 32 for 25 yards. Tackle by 97-Joe Everett.</t>
   </si>
   <si>
     <t>#34 Shannon Manning - RB</t>
   </si>
   <si>
     <t>#37 William Salisbury - CB</t>
   </si>
   <si>
     <t>#93 Jose Deese - MLB</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>14:41</t>
   </si>
   <si>
     <t>OAK 32</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#19 Juan Lima - WR</t>
   </si>
   <si>
     <t>#67 Jesse McDougle - RT</t>
   </si>
   <si>
     <t>#78 Wayne Lauer - LG</t>
   </si>
   <si>
     <t>#72 Mike Phillips - C</t>
   </si>
   <si>
     <t>#54 George McGarry - RG</t>
   </si>
   <si>
     <t>#70 Robert McNally - RT</t>
   </si>
   <si>
     <t>#77 Paul Wade - DT</t>
   </si>
   <si>
     <t>#50 David Robertson - MLB</t>
   </si>
   <si>
-    <t>#94 Stephen Cohen - LDE</t>
+    <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#47 Joseph Sweeney - CB</t>
   </si>
   <si>
     <t>#25 John Plank - CB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-OAK 32 (14:10) 7-Cecil Satterfield pass complete to 85-Brandon Egerton to OAK 34 for 2 yards. Tackle by 56-Fred Alexander.</t>
   </si>
   <si>
     <t>#66 Gerardo Howell - TE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>