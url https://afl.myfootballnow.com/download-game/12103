--- v2 (2026-01-05)
+++ v3 (2026-03-10)
@@ -332,51 +332,51 @@
   <si>
     <t>#57 Marquis Edwards - WLB</t>
   </si>
   <si>
     <t>#44 Manuel Reyes - SS</t>
   </si>
   <si>
     <t>#8 Homer Matus - K</t>
   </si>
   <si>
     <t>NJG</t>
   </si>
   <si>
     <t>NJG 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-NJG 25 (15:00) 18-Nathan Brady pass incomplete, dropped by 83-Jacob Stuart. PENALTY - Pass Interference (OAK 35-Brandon Harding)</t>
   </si>
   <si>
-    <t>#13 Nathan Brady - QB</t>
+    <t>#5 Nathan Brady - QB</t>
   </si>
   <si>
     <t>#20 Jerry Blau - RB</t>
   </si>
   <si>
     <t>#39 Thomas Guy - FB</t>
   </si>
   <si>
     <t>#81 Hassan Draves - TE</t>
   </si>
   <si>
     <t>#88 James Hill - WR</t>
   </si>
   <si>
     <t>#83 Jacob Stuart - WR</t>
   </si>
   <si>
     <t>#62 Kenneth Fletcher - LT</t>
   </si>
   <si>
     <t>#62 Craig Seidel - LG</t>
   </si>
   <si>
     <t>#69 Carlos Johnson - C</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#85 Brandon Egerton - TE</t>
   </si>
   <si>
     <t>#19 Juan Lima - WR</t>
   </si>
   <si>
     <t>#67 Jesse McDougle - RT</t>
   </si>
   <si>
     <t>#78 Wayne Lauer - LG</t>
   </si>
   <si>
     <t>#72 Mike Phillips - C</t>
   </si>
   <si>
     <t>#54 George McGarry - RG</t>
   </si>
   <si>
     <t>#70 Robert McNally - RT</t>
   </si>
   <si>
     <t>#77 Paul Wade - DT</t>
   </si>
   <si>
-    <t>#50 David Robertson - MLB</t>
+    <t>#93 David Robertson - LDE</t>
   </si>
   <si>
     <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#47 Joseph Sweeney - CB</t>
   </si>
   <si>
     <t>#25 John Plank - CB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-OAK 32 (14:10) 7-Cecil Satterfield pass complete to 85-Brandon Egerton to OAK 34 for 2 yards. Tackle by 56-Fred Alexander.</t>
   </si>
   <si>
     <t>#66 Gerardo Howell - TE</t>
   </si>