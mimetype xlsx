--- v0 (2025-10-18)
+++ v1 (2025-12-11)
@@ -359,51 +359,51 @@
   <si>
     <t>#23 Floyd Braggs - RB</t>
   </si>
   <si>
     <t>#46 Daniel Dubois - FB</t>
   </si>
   <si>
     <t>#89 Walter Wilson - TE</t>
   </si>
   <si>
     <t>#85 David Burgess - WR</t>
   </si>
   <si>
     <t>#83 Danny Durham - WR</t>
   </si>
   <si>
     <t>#56 Joe Louque - RT</t>
   </si>
   <si>
     <t>#59 Derrick Brown - LG</t>
   </si>
   <si>
     <t>#51 Elliot Smith - C</t>
   </si>
   <si>
-    <t>#79 Dustin House - RG</t>
+    <t>#79 Dustin House - RT</t>
   </si>
   <si>
     <t>#76 Robert Blackmon - RT</t>
   </si>
   <si>
     <t>#92 Sidney Butler - LDE</t>
   </si>
   <si>
     <t>#70 Adam Williams - DT</t>
   </si>
   <si>
     <t>#95 David Smithey - LDE</t>
   </si>
   <si>
     <t>#95 William Moore - SLB</t>
   </si>
   <si>
     <t>#99 Keith Vinson - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Corbo - MLB</t>
   </si>
   <si>
     <t>#93 Michael Duncan - WLB</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-Tex 13 (12:51) 23-Vance Ragsdale ran to Tex 11 for -2 yards. Tackle by 90-Frank Seibold.</t>
   </si>
   <si>
     <t>#4 Charles Macklin - QB</t>
   </si>
   <si>
     <t>#43 Jeremy Gamble - RB</t>
   </si>
   <si>
     <t>#23 Vance Ragsdale - RB</t>
   </si>
   <si>
     <t>#85 Chad Gomez - WR</t>
   </si>
   <si>
     <t>#16 Harold Cosentino - WR</t>
   </si>
   <si>
     <t>#79 David Smith - RG</t>
   </si>
   <si>
-    <t>#72 Scott Jones - LG</t>
+    <t>#55 Scott Jones - LG</t>
   </si>
   <si>
     <t>#67 Allen Taylor - C</t>
   </si>
   <si>
     <t>#58 James Shanks - RG</t>
   </si>
   <si>
     <t>#50 Gabriel Brady - RT</t>
   </si>
   <si>
     <t>#77 James Brown - RDE</t>
   </si>
   <si>
     <t>#52 Anthony Cox - DT</t>
   </si>
   <si>
     <t>#69 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#55 Alfredo Marin - WLB</t>
   </si>
   <si>
     <t>#20 Glenn Lazo - FS</t>
   </si>