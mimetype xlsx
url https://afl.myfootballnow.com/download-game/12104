--- v1 (2025-12-11)
+++ v2 (2026-01-09)
@@ -491,51 +491,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-KCC 41 (12:58) 13-Nathan Collins punts 46 yards to Tex 13. Fair Catch by 89-Louis Webb. PENALTY - Holding (KCC 86-Walter Wilson) (Declined)</t>
   </si>
   <si>
     <t>#13 Nathan Collins - P</t>
   </si>
   <si>
     <t>#89 Louis Webb - WR</t>
   </si>
   <si>
     <t>#71 Curtis Romero - RDE</t>
   </si>
   <si>
     <t>#64 John Lane - RG</t>
   </si>
   <si>
     <t>#59 Roland Flaherty - LT</t>
   </si>
   <si>
     <t>#47 Milton Swain - FB</t>
   </si>
   <si>
-    <t>#75 Collin McNamara - RT</t>
+    <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>YUC 13</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-Tex 13 (12:51) 23-Vance Ragsdale ran to Tex 11 for -2 yards. Tackle by 90-Frank Seibold.</t>
   </si>
   <si>
     <t>#4 Charles Macklin - QB</t>
   </si>
   <si>
     <t>#43 Jeremy Gamble - RB</t>
   </si>
   <si>
     <t>#23 Vance Ragsdale - RB</t>
   </si>
@@ -1331,51 +1331,51 @@
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>1-10-KCC 44 (8:28) 11-Darren Legaspi pass complete to 23-Floyd Braggs to KCC 50 for 5 yards. Tackle by 37-Tomas Smith.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>AFP 50</t>
   </si>
   <si>
     <t>2-5-KCC 50 (7:41) 11-Darren Legaspi pass complete to 27-Robert Thompson to Tex 40 for 10 yards. Pushed out of bounds by 92-Sidney Butler. 27-Robert Thompson made a great move on the CB.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>YUC 40</t>
   </si>
   <si>
     <t>1-10-Tex 40 (7:01) 23-Floyd Braggs ran to Tex 39 for 2 yards. Tackle by 94-Adam Williams.</t>
   </si>
   <si>
-    <t>#83 John Ceron - TE</t>
+    <t>#83 John Ceron - FB</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>YUC 39</t>
   </si>
   <si>
     <t>2-8-Tex 39 (6:27) 11-Darren Legaspi pass complete to 23-Floyd Braggs to Tex 35 for 4 yards. Tackle by 93-Michael Duncan. Nice job by 23-Floyd Braggs on that route to lose his coverage. PENALTY - Facemask (Tex 37-Tomas Smith)</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>1-10-Tex 20 (6:24) 11-Darren Legaspi pass complete to 82-David Burgess to Tex 13 for 6 yards. Tackle by 93-Michael Duncan.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>2-4-Tex 13 (5:38) 11-Darren Legaspi pass complete to 83-Danny Durham to Tex 13 for a short gain. Tackle by 53-Kenneth Karr.</t>
   </si>
   <si>
     <t>#53 Kenneth Karr - WLB</t>
   </si>
@@ -2200,51 +2200,51 @@
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">