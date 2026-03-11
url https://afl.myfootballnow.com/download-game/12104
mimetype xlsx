--- v2 (2026-01-09)
+++ v3 (2026-03-11)
@@ -392,51 +392,51 @@
   <si>
     <t>#70 Adam Williams - DT</t>
   </si>
   <si>
     <t>#95 David Smithey - LDE</t>
   </si>
   <si>
     <t>#95 William Moore - SLB</t>
   </si>
   <si>
     <t>#99 Keith Vinson - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Corbo - MLB</t>
   </si>
   <si>
     <t>#93 Michael Duncan - WLB</t>
   </si>
   <si>
     <t>#37 Tomas Smith - CB</t>
   </si>
   <si>
     <t>#26 Clifton Brown - CB</t>
   </si>
   <si>
-    <t>#21 Anthony Branton - CB</t>
+    <t>#25 Anthony Branton - CB</t>
   </si>
   <si>
     <t>#32 Billie Bagwell - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>AFP 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-KCC 27 (14:24) 11-Darren Legaspi pass complete to 27-Robert Thompson to KCC 36 for 9 yards. Tackle by 93-Michael Duncan.</t>
   </si>
   <si>
     <t>#27 Robert Thompson - RB</t>
   </si>
   <si>
     <t>#91 James Mello - DT</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#16 Harold Cosentino - WR</t>
   </si>
   <si>
     <t>#79 David Smith - RG</t>
   </si>
   <si>
     <t>#55 Scott Jones - LG</t>
   </si>
   <si>
     <t>#67 Allen Taylor - C</t>
   </si>
   <si>
     <t>#58 James Shanks - RG</t>
   </si>
   <si>
     <t>#50 Gabriel Brady - RT</t>
   </si>
   <si>
     <t>#77 James Brown - RDE</t>
   </si>
   <si>
     <t>#52 Anthony Cox - DT</t>
   </si>
   <si>
-    <t>#69 Sheldon Barrera - RDE</t>
+    <t>#95 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#55 Alfredo Marin - WLB</t>
   </si>
   <si>
     <t>#20 Glenn Lazo - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>YUC 11</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-12-Tex 11 (12:07) 6-Charles Macklin pass complete to 25-Jaime Walker to Tex 18 for 7 yards. Tackle by 96-Gary Outland.</t>
   </si>
   <si>
     <t>#25 Jaime Walker - FB</t>
   </si>
@@ -1061,51 +1061,51 @@
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>AFP 22</t>
   </si>
   <si>
     <t>2-7-KCC 22 (6:23) 43-Jeremy Gamble ran to KCC 22 for a short loss. Tackle by 60-Sheldon Barrera.</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>3-7-KCC 22 (5:44) 6-Charles Macklin sacked at KCC 34 for -12 yards (92-James Brown). Sack allowed by 66-Gabriel Brady.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>AFP 34</t>
   </si>
   <si>
     <t>4-19-KCC 34 (4:59) 19-Michael Bishop 51 yard field goal is GOOD. Tex 79-David Smith was injured on the play. He looks like he should be able to return. Tex 3 KCC 3</t>
   </si>
   <si>
-    <t>#8 David Keyes - QB</t>
+    <t>#7 David Keyes - QB</t>
   </si>
   <si>
     <t>#78 Gregory Ward - RT</t>
   </si>
   <si>
     <t>#71 Joel Ward - RG</t>
   </si>
   <si>
     <t>#91 Elmer Sala - SLB</t>
   </si>
   <si>
     <t>#93 John Leary - DT</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>(4:55) 19-Michael Bishop kicks 74 yards from Tex 35 to KCC -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-KCC 25 (4:55) 11-Darren Legaspi pass complete to 82-David Burgess to KCC 29 for 4 yards. Tackle by 95-William Moore.</t>
   </si>
   <si>
     <t>4:12</t>
   </si>