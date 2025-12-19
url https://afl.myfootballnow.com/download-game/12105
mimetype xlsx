--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -1820,51 +1820,51 @@
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>BOI 17</t>
   </si>
   <si>
     <t>4-7-BOI 17 (2:37) 19-Curtis Robinson 35 yard field goal is GOOD. PLL 19 BOI 13</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>(2:34) 19-Curtis Robinson kicks 75 yards from PLL 35 to BOI -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-BOI 25 (2:34) 9-Jason Barnett pass complete to 80-Joshua Olague for 75 yards. TOUCHDOWN! PLL 19 BOI 19</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>(2:24) Extra point GOOD by 2-James Byard. PLL 19 BOI 20</t>
   </si>
   <si>
-    <t>#66 Kenneth Williams - RG</t>
+    <t>#57 Kenneth Williams - RG</t>
   </si>
   <si>
     <t>#77 Jeremy Blackburn - C</t>
   </si>
   <si>
     <t>#58 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>(2:24) 2-James Byard kicks 75 yards from BOI 35 to PLL -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-PLL 25 (2:24) 4-David Carrick pass complete to 47-Glen Snell to PLL 27 for 2 yards. Tackle by 33-Mark Young. 47-Glen Snell made a great move on the CB.</t>
   </si>
   <si>
     <t>2-8-PLL 27 (2:00) 4-David Carrick pass complete to 14-John Myers to PLL 29 for 2 yards. Tackle by 25-Bryan Moser. Pressure by 63-Brian Lucero.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>PLL 29</t>
   </si>