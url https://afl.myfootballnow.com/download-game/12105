--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-PLL 25 (15:00) 4-David Carrick pass complete to 82-Bruce Camper to PLL 31 for 6 yards. Tackle by 33-Mark Young.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#70 Kyle McConnell - C</t>
+    <t>#58 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#53 Daniel Martin - RG</t>
   </si>
   <si>
     <t>#59 Robert Tan - RT</t>
   </si>
   <si>
     <t>#77 Paul Williams - LDE</t>
   </si>
   <si>
     <t>#93 James Chace - DT</t>
   </si>
   <si>
     <t>#70 Jose Flores - DT</t>
   </si>
   <si>
     <t>#63 Brian Lucero - RDE</t>
   </si>
   <si>
     <t>#95 Larry Clark - SLB</t>
   </si>
   <si>
     <t>#93 Jesse Richards - MLB</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-BOI 44 (11:12) 9-Jason Barnett pass complete to 11-Carl Adair to PLL 39 for 17 yards. Tackle by 23-Ralph Lee.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>PLL 39</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-PLL 39 (10:28) 23-Paul Knox ran to PLL 35 for 3 yards. Tackle by 91-Kelly Johnson. 82-Timothy Gatto was completely beat on that play.</t>
   </si>
   <si>
-    <t>#82 Timothy Gatto - TE</t>
+    <t>#86 Timothy Gatto - TE</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>PLL 35</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-7-PLL 35 (9:44) 23-Paul Knox ran to PLL 28 for 7 yards. Tackle by 57-Ralph Olson.</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>PLL 28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>4-10-BOI 46 (0:48) 8-Gerald Gallardo punts 53 yards to BOI -7.4-10-BOI 46 (0:48) 8-Gerald Gallardo punts 53 yards to BOI -7. Touchback.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>BOI 20</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BOI 20 (0:40) 9-Jason Barnett pass Pass knocked down by 41-Anthony Kaiser. incomplete, intended for 80-Joshua Olague.</t>
   </si>
   <si>
     <t>#13 Bryon McNeill - WR</t>
   </si>
   <si>
-    <t>#85 James Brown - WR</t>
+    <t>#87 James Brown - WR</t>
   </si>
   <si>
     <t>#3 John Sturdivant - CB</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>2-10-BOI 20 (0:35) 23-Paul Knox ran to BOI 27 for 7 yards. Tackle by 41-Anthony Kaiser.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BOI 27</t>
   </si>
   <si>
     <t>3-3-BOI 27 (15:00) 9-Jason Barnett pass complete to 23-Paul Knox to BOI 30 for 3 yards. Tackle by 57-Ralph Olson.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
@@ -935,51 +935,51 @@
   <si>
     <t>#17 John Lewis - WR</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>PLL 22</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PLL 22 (14:14) 4-David Carrick pass complete to 82-Bruce Camper to PLL 23 for 1 yards. Tackle by 33-Mark Young.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>PLL 23</t>
   </si>
   <si>
     <t>2-9-PLL 23 (13:31) 4-David Carrick pass incomplete, dropped by 81-Clarence Williamson.</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
+    <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-9-PLL 23 (13:29) 4-David Carrick pass complete to 14-John Myers for 77 yards. TOUCHDOWN! PLL 9 BOI 7</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>BOI 15</t>
   </si>
   <si>
     <t>(13:18) Extra point GOOD by 19-Curtis Robinson. PLL 10 BOI 7</t>
   </si>
   <si>
     <t>#94 Ty Morales - WLB</t>
   </si>
   <si>
     <t>(13:18) 19-Curtis Robinson kicks 74 yards from PLL 35 to BOI -9. Touchback.</t>
   </si>
@@ -1043,51 +1043,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-PLL 41 (11:15) 4-David Carrick ran to BOI 48 for 11 yards. 4-David Carrick slides to avoid being hit.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>BOI 48</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BOI 48 (10:27) 4-David Carrick pass Pass knocked down by 68-David Moore. incomplete, intended for 47-Glen Snell.</t>
   </si>
   <si>
-    <t>#81 Melvin King - WR</t>
+    <t>#12 Melvin King - WR</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-BOI 48 (10:24) 4-David Carrick pass complete to 22-Michael Staudt to BOI 46 for 3 yards. Tackle by 98-Larry Clark.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-7-BOI 46 (9:38) 4-David Carrick pass complete to 14-John Myers to BOI 35 for 11 yards. Tackle by 48-Robert Jeffcoat. 48-Robert Jeffcoat got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
@@ -1826,51 +1826,51 @@
   <si>
     <t>4-7-BOI 17 (2:37) 19-Curtis Robinson 35 yard field goal is GOOD. PLL 19 BOI 13</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>(2:34) 19-Curtis Robinson kicks 75 yards from PLL 35 to BOI -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-BOI 25 (2:34) 9-Jason Barnett pass complete to 80-Joshua Olague for 75 yards. TOUCHDOWN! PLL 19 BOI 19</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>(2:24) Extra point GOOD by 2-James Byard. PLL 19 BOI 20</t>
   </si>
   <si>
     <t>#57 Kenneth Williams - RG</t>
   </si>
   <si>
     <t>#77 Jeremy Blackburn - C</t>
   </si>
   <si>
-    <t>#58 Jack Shuff - WLB</t>
+    <t>#57 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>(2:24) 2-James Byard kicks 75 yards from BOI 35 to PLL -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-PLL 25 (2:24) 4-David Carrick pass complete to 47-Glen Snell to PLL 27 for 2 yards. Tackle by 33-Mark Young. 47-Glen Snell made a great move on the CB.</t>
   </si>
   <si>
     <t>2-8-PLL 27 (2:00) 4-David Carrick pass complete to 14-John Myers to PLL 29 for 2 yards. Tackle by 25-Bryan Moser. Pressure by 63-Brian Lucero.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>PLL 29</t>
   </si>
   <si>
     <t>3-6-PLL 29 (1:54) 22-Michael Staudt ran to PLL 34 for 4 yards. Tackle by 98-Larry Clark.</t>
   </si>
   <si>
     <t>1:51</t>
   </si>