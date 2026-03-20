--- v2 (2026-01-18)
+++ v3 (2026-03-20)
@@ -308,135 +308,135 @@
   <si>
     <t>#14 John Myers - WR</t>
   </si>
   <si>
     <t>#93 Dwight Caba - MLB</t>
   </si>
   <si>
     <t>#95 Cesar Potts - DT</t>
   </si>
   <si>
     <t>#91 Michael Butler - MLB</t>
   </si>
   <si>
     <t>#66 Matthew Schroeder - DT</t>
   </si>
   <si>
     <t>#97 Charles Robertson - RDE</t>
   </si>
   <si>
     <t>#29 William Reese - CB</t>
   </si>
   <si>
     <t>#91 Ralph Olson - WLB</t>
   </si>
   <si>
-    <t>#60 Frank Najar - LDE</t>
+    <t>#78 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#33 Anthony Kaiser - CB</t>
   </si>
   <si>
     <t>#2 James Byard - K</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PLL 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-PLL 25 (15:00) 4-David Carrick pass complete to 82-Bruce Camper to PLL 31 for 6 yards. Tackle by 33-Mark Young.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#58 Kyle McConnell - C</t>
+    <t>#64 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#53 Daniel Martin - RG</t>
   </si>
   <si>
     <t>#59 Robert Tan - RT</t>
   </si>
   <si>
     <t>#77 Paul Williams - LDE</t>
   </si>
   <si>
     <t>#93 James Chace - DT</t>
   </si>
   <si>
     <t>#70 Jose Flores - DT</t>
   </si>
   <si>
     <t>#63 Brian Lucero - RDE</t>
   </si>
   <si>
     <t>#95 Larry Clark - SLB</t>
   </si>
   <si>
     <t>#93 Jesse Richards - MLB</t>
   </si>
   <si>
     <t>#68 David Moore - WLB</t>
   </si>
   <si>
     <t>#33 Mark Young - CB</t>
   </si>
   <si>
     <t>#48 Robert Jeffcoat - CB</t>
   </si>
   <si>
     <t>#41 John Shimizu - SS</t>
   </si>
   <si>
-    <t>#42 Neal Jarboe - FS</t>
+    <t>#42 Neal Jarboe - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>PLL 31</t>
   </si>
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>2-4-PLL 31 (14:17) 4-David Carrick pass complete to 82-Bruce Camper to PLL 34 for 4 yards. Tackle by 33-Mark Young.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>PLL 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>4-10-BOI 46 (0:48) 8-Gerald Gallardo punts 53 yards to BOI -7.4-10-BOI 46 (0:48) 8-Gerald Gallardo punts 53 yards to BOI -7. Touchback.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>BOI 20</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BOI 20 (0:40) 9-Jason Barnett pass Pass knocked down by 41-Anthony Kaiser. incomplete, intended for 80-Joshua Olague.</t>
   </si>
   <si>
     <t>#13 Bryon McNeill - WR</t>
   </si>
   <si>
-    <t>#87 James Brown - WR</t>
+    <t>#16 James Brown - WR</t>
   </si>
   <si>
     <t>#3 John Sturdivant - CB</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>2-10-BOI 20 (0:35) 23-Paul Knox ran to BOI 27 for 7 yards. Tackle by 41-Anthony Kaiser.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BOI 27</t>
   </si>
   <si>
     <t>3-3-BOI 27 (15:00) 9-Jason Barnett pass complete to 23-Paul Knox to BOI 30 for 3 yards. Tackle by 57-Ralph Olson.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>