--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 15-Stephen Barrera kicks 74 yards from SWS 35 to CAL -9. Touchback.</t>
   </si>
   <si>
     <t>#88 Mark Carter - WR</t>
   </si>
   <si>
     <t>#94 Eddie Montoya - RDE</t>
   </si>
   <si>
     <t>#98 Matthew Johnson - SLB</t>
   </si>
   <si>
     <t>#43 Jacob Eastman - SS</t>
   </si>
   <si>
     <t>#55 Marvin Weber - LDE</t>
   </si>
   <si>
     <t>#48 William Shelly - FS</t>
   </si>
   <si>
     <t>#28 Scott Adams - CB</t>
   </si>
   <si>
-    <t>#70 Manuel Gonzalez - RDE</t>
+    <t>#64 Manuel Gonzalez - RDE</t>
   </si>
   <si>
     <t>#30 Eddie Braga - CB</t>
   </si>
   <si>
     <t>#49 John Thomas - SS</t>
   </si>
   <si>
     <t>#90 Cody Bower - MLB</t>
   </si>
   <si>
     <t>#8 Stephen Barrera - K</t>
   </si>
   <si>
     <t>CAL</t>
   </si>
   <si>
     <t>CAL 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>