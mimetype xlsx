--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -350,51 +350,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CAL 25 (15:00) (Hot Read) 9-Howard Porter pass complete to 27-Joseph Hirt to CAL 30 for 5 yards. Tackle by 75-Christopher Edwards. Pressure by 92-Mark Lee. SWS 53-Roland Jimenez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Howard Porter - QB</t>
   </si>
   <si>
     <t>#27 Joseph Hirt - RB</t>
   </si>
   <si>
     <t>#35 Joe Diaz - RB</t>
   </si>
   <si>
     <t>#39 Mitchell Robinson - FB</t>
   </si>
   <si>
     <t>#82 Frank Lea - TE</t>
   </si>
   <si>
     <t>#87 Kevin Tello - TE</t>
   </si>
   <si>
-    <t>#50 Thomas Thomas - LT</t>
+    <t>#70 Thomas Thomas - LT</t>
   </si>
   <si>
     <t>#64 Stephen Sawyers - RG</t>
   </si>
   <si>
     <t>#63 William Davies - C</t>
   </si>
   <si>
     <t>#75 Nelson Evans - RG</t>
   </si>
   <si>
     <t>#71 Melvin Evans - RT</t>
   </si>
   <si>
     <t>#75 Christopher Edwards - DT</t>
   </si>
   <si>
     <t>#62 Marvin Billington - RDE</t>
   </si>
   <si>
     <t>#68 Herman Donato - DT</t>
   </si>
   <si>
     <t>#77 Kenneth Bryan - DT</t>
   </si>
@@ -419,51 +419,51 @@
   <si>
     <t>#39 Paul Anderson - SS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CAL 30</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-5-CAL 30 (14:14) 39-Mitchell Robinson ran to CAL 30 for a short loss. Tackle by 50-Stephen Hall.</t>
   </si>
   <si>
     <t>#86 Howard Harris - WR</t>
   </si>
   <si>
     <t>#11 Clarence Guernsey - WR</t>
   </si>
   <si>
-    <t>#60 James Dorsett - RDE</t>
+    <t>#70 James Dorsett - RDE</t>
   </si>
   <si>
     <t>#56 Jay Rice - MLB</t>
   </si>
   <si>
     <t>#33 Timothy Powers - CB</t>
   </si>
   <si>
     <t>#31 Jeremy Adkisson - FS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-5-CAL 30 (13:32) 27-Joseph Hirt ran to CAL 33 for 3 yards. Tackle by 33-Timothy Powers.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
@@ -476,69 +476,69 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CAL 33 (12:51) 3-Ralph Stoops punts 47 yards to SWS 20. Fair Catch by 12-Johnnie Klein.</t>
   </si>
   <si>
     <t>#3 Ralph Stoops - P</t>
   </si>
   <si>
     <t>#83 Dean Castilleja - TE</t>
   </si>
   <si>
     <t>#12 Johnnie Klein - WR</t>
   </si>
   <si>
     <t>#81 David Hernandez - WR</t>
   </si>
   <si>
     <t>#35 Lawrence Daniel - FB</t>
   </si>
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
-    <t>#60 James Myers - RDE</t>
+    <t>#74 James Myers - RDE</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>SWS 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SWS 20 (12:44) 46-Ronald Metcalfe ran to SWS 22 for 2 yards. Tackle by 24-William Shelly.</t>
   </si>
   <si>
-    <t>#9 Frank Brousseau - QB</t>
+    <t>#7 Frank Brousseau - QB</t>
   </si>
   <si>
     <t>#33 Ronald Metcalfe - RB</t>
   </si>
   <si>
     <t>#87 Richard Salvo - TE</t>
   </si>
   <si>
     <t>#85 Herbert Bentley - WR</t>
   </si>
   <si>
     <t>#77 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#73 Thomas Harvey - LG</t>
   </si>
   <si>
     <t>#68 Nicholas Sydow - RG</t>
   </si>
   <si>
     <t>#78 James Torres - RT</t>
   </si>
   <si>
     <t>#64 William Fields - RT</t>
   </si>
@@ -632,72 +632,72 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-SWS 39 (9:25) 20-Michael Overton ran to SWS 40 for 1 yards. Tackle by 25-Eddie Braga.</t>
   </si>
   <si>
     <t>#20 Michael Overton - RB</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>SWS 40</t>
   </si>
   <si>
     <t>4-5-SWS 40 (8:47) 17-Duane Kelley punts 42 yards to CAL 18. 88-Mark Carter to CAL 27 for 9 yards. Tackle by 31-Jeremy Adkisson.</t>
   </si>
   <si>
     <t>#17 Duane Kelley - P</t>
   </si>
   <si>
-    <t>#71 Clifford Cotton - C</t>
+    <t>#71 Clifford Cotton - RT</t>
   </si>
   <si>
     <t>#95 Bradley Romo - SLB</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>CAL 27</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CAL 27 (8:39) 27-Joseph Hirt ran to CAL 26 for -1 yards. Tackle by 92-Mark Lee.</t>
   </si>
   <si>
-    <t>#39 Dave Rogers - SS</t>
+    <t>#23 Dave Rogers - SS</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>CAL 26</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-CAL 26 (7:57) 27-Joseph Hirt ran to CAL 31 for 5 yards. Tackle by 50-Stephen Hall.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>CAL 31</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>3-12-SWS 12 (4:16) 9-Howard Porter pass complete to 82-Frank Lea to SWS 5 for 7 yards. Tackle by 33-Timothy Powers.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>SWS 5</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-SWS 5 (3:40) 7-Wayne Bryner 22 yard field goal is GOOD. CAL 3 SWS 0</t>
   </si>
   <si>
     <t>#17 Charles Davis - QB</t>
   </si>
   <si>
     <t>#7 Wayne Bryner - K</t>
   </si>
   <si>
-    <t>#94 Terry Herr - RDE</t>
+    <t>#96 Terry Herr - RDE</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>CAL 35</t>
   </si>
   <si>
     <t>(3:38) 7-Wayne Bryner kicks 75 yards from CAL 35 to SWS -10. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SWS 25 (3:38) 9-Frank Brousseau pass complete to 18-Herbert Bentley to SWS 31 for 6 yards. Tackle by 24-William Shelly.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>SWS 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
@@ -2190,90 +2190,90 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="343.202" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>