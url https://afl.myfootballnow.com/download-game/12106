--- v2 (2026-01-09)
+++ v3 (2026-03-09)
@@ -506,51 +506,51 @@
   <si>
     <t>SWS 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SWS 20 (12:44) 46-Ronald Metcalfe ran to SWS 22 for 2 yards. Tackle by 24-William Shelly.</t>
   </si>
   <si>
     <t>#7 Frank Brousseau - QB</t>
   </si>
   <si>
     <t>#33 Ronald Metcalfe - RB</t>
   </si>
   <si>
     <t>#87 Richard Salvo - TE</t>
   </si>
   <si>
     <t>#85 Herbert Bentley - WR</t>
   </si>
   <si>
-    <t>#77 Kevin Patterson - LT</t>
+    <t>#55 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#73 Thomas Harvey - LG</t>
   </si>
   <si>
     <t>#68 Nicholas Sydow - RG</t>
   </si>
   <si>
     <t>#78 James Torres - RT</t>
   </si>
   <si>
     <t>#64 William Fields - RT</t>
   </si>
   <si>
     <t>#73 Emerson Wheeler - DT</t>
   </si>
   <si>
     <t>#94 Freddy Jorgensen - DT</t>
   </si>
   <si>
     <t>#71 Reid Diaz - RDE</t>
   </si>
   <si>
     <t>#98 Renaldo Davenport - SLB</t>
   </si>
@@ -1010,51 +1010,51 @@
   <si>
     <t>#10 James Stewart - WR</t>
   </si>
   <si>
     <t>#48 John Hooper - FS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>CAL 16</t>
   </si>
   <si>
     <t>3-4-CAL 16 (9:39) 9-Frank Brousseau pass complete to 18-Herbert Bentley to CAL 13 for 2 yards. Tackle by 28-Scott Adams.</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>CAL 13</t>
   </si>
   <si>
     <t>4-1-CAL 13 (9:02) 15-Stephen Barrera 31 yard field goal is GOOD. SWS 54-Robert Patterson was injured on the play. He looks like he should be able to return. CAL 3 SWS 3</t>
   </si>
   <si>
-    <t>#97 Merle Abbott - DT</t>
+    <t>#55 Merle Abbott - DT</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>(8:59) 15-Stephen Barrera kicks 75 yards from SWS 35 to CAL -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CAL 25 (8:59) PENALTY - False Start (CAL 65-Melvin Evans)</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-15-CAL 20 (8:59) PENALTY - False Start (CAL 82-Frank Lea)</t>
   </si>
   <si>
     <t>CAL 15</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>