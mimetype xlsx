--- v0 (2025-10-19)
+++ v1 (2025-11-21)
@@ -383,51 +383,51 @@
   <si>
     <t>#67 Steven Jackson - RT</t>
   </si>
   <si>
     <t>#68 Robert Miller - LDE</t>
   </si>
   <si>
     <t>#92 Israel Jones - DT</t>
   </si>
   <si>
     <t>#91 Brian Kells - DT</t>
   </si>
   <si>
     <t>#53 Daniel Clark - RDE</t>
   </si>
   <si>
     <t>#93 Roy Rivera - SLB</t>
   </si>
   <si>
     <t>#99 Daniel Boulton - MLB</t>
   </si>
   <si>
     <t>#52 Sandy Humble - WLB</t>
   </si>
   <si>
-    <t>#33 Fidel Connor - CB</t>
+    <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#36 Robert Best - CB</t>
   </si>
   <si>
     <t>#43 Michael Peters - CB</t>
   </si>
   <si>
     <t>#45 Marion Liddell - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>SEA 26</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Zone Blitz</t>
   </si>
   <si>
     <t>2-9-SEA 26 (14:19) 4-Curtis Williams pass complete to 24-William Molina to SEA 31 for 5 yards. Tackle by 32-Fidel Connor. SEA 24-William Molina was injured on the play. He looks like he should be able to return.</t>
   </si>