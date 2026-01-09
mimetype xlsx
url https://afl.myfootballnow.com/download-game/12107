--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -284,78 +284,78 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SEA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>RII</t>
   </si>
   <si>
     <t>RII 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-David Smith kicks 74 yards from RII 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>#24 William Molina - RB</t>
   </si>
   <si>
-    <t>#78 Isaac Ford - DT</t>
+    <t>#58 Isaac Ford - DT</t>
   </si>
   <si>
     <t>#26 Kenneth Jones - CB</t>
   </si>
   <si>
     <t>#51 Michael Brito - SLB</t>
   </si>
   <si>
     <t>#97 Jeffrey Brown - WLB</t>
   </si>
   <si>
     <t>#1 Matthew Perkins - CB</t>
   </si>
   <si>
     <t>#93 Arthur McKinney - RDE</t>
   </si>
   <si>
     <t>#51 Charles Young - SLB</t>
   </si>
   <si>
     <t>#66 Peter McAdams - DT</t>
   </si>
   <si>
     <t>#33 James Cochran - CB</t>
   </si>
   <si>
-    <t>#57 John Theriot - DT</t>
+    <t>#79 John Theriot - DT</t>
   </si>
   <si>
     <t>#4 David Smith - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 24-William Molina ran to SEA 26 for 1 yards. Tackle by 92-Israel Jones.</t>
   </si>
   <si>
     <t>#16 Curtis Williams - QB</t>
   </si>
   <si>
     <t>#46 Joseph Langer - FB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>RII 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-RII 20 (12:48) 9-Peter Hoyt pass complete to 11-Steven Gates to RII 29 for 9 yards. Tackle by 40-Kenneth Jones. SEA 60-Peter McAdams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Peter Hoyt - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
   <si>
     <t>#35 Charles Loucks - RB</t>
   </si>
   <si>
     <t>#80 Steven Diaz - TE</t>
   </si>
   <si>
-    <t>#13 Irving McIntyre - WR</t>
+    <t>#19 Irving McIntyre - WR</t>
   </si>
   <si>
     <t>#76 Donald Serrano - LT</t>
   </si>
   <si>
     <t>#79 Scott Deforge - LG</t>
   </si>
   <si>
     <t>#51 Roy Egbert - C</t>
   </si>
   <si>
     <t>#52 Joshua Arrington - RG</t>
   </si>
   <si>
     <t>#50 Rick Ridgway - RT</t>
   </si>
   <si>
     <t>#50 Luke Ostrander - LDE</t>
   </si>
   <si>
     <t>#28 Eddie Smith - SS</t>
   </si>
   <si>
     <t>#34 Alvin Olmeda - FS</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>#95 David Dollard - MLB</t>
   </si>
   <si>
     <t>#73 Mario Ruiz - DT</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>(4:26) 4-David Smith kicks 69 yards from RII 35 to SEA -4. 24-William Molina to SEA 17 for 22 yards. Tackle by 45-Marion Liddell.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>SEA 17</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-SEA 17 (4:22) 4-Curtis Williams pass Pass knocked down by 59-Daniel Boulton. incomplete, intended for 87-Alan Landers.</t>
   </si>
   <si>
-    <t>#18 Brad Curl - WR</t>
+    <t>#82 Brad Curl - WR</t>
   </si>
   <si>
     <t>#23 Michael Green - CB</t>
   </si>
   <si>
     <t>#47 Daniel McCaa - CB</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-SEA 17 (4:18) 4-Curtis Williams pass incomplete, intended for 84-Manuel Taylor.</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>