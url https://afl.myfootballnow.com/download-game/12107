--- v2 (2026-01-09)
+++ v3 (2026-03-06)
@@ -362,51 +362,51 @@
   <si>
     <t>#84 Manuel Taylor - TE</t>
   </si>
   <si>
     <t>#87 Alan Landers - WR</t>
   </si>
   <si>
     <t>#10 Frank Hayes - WR</t>
   </si>
   <si>
     <t>#63 Cyrus Daum - LT</t>
   </si>
   <si>
     <t>#54 Ronnie Rodriguez - RG</t>
   </si>
   <si>
     <t>#68 Raymond Grove - C</t>
   </si>
   <si>
     <t>#59 Matthew Rutland - RG</t>
   </si>
   <si>
     <t>#67 Steven Jackson - RT</t>
   </si>
   <si>
-    <t>#68 Robert Miller - LDE</t>
+    <t>#59 Robert Miller - LDE</t>
   </si>
   <si>
     <t>#92 Israel Jones - DT</t>
   </si>
   <si>
     <t>#91 Brian Kells - DT</t>
   </si>
   <si>
     <t>#53 Daniel Clark - RDE</t>
   </si>
   <si>
     <t>#93 Roy Rivera - SLB</t>
   </si>
   <si>
     <t>#99 Daniel Boulton - MLB</t>
   </si>
   <si>
     <t>#52 Sandy Humble - WLB</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#36 Robert Best - CB</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>#61 Julian Lawrence - RDE</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>RII 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-RII 20 (12:48) 9-Peter Hoyt pass complete to 11-Steven Gates to RII 29 for 9 yards. Tackle by 40-Kenneth Jones. SEA 60-Peter McAdams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Peter Hoyt - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
   <si>
-    <t>#35 Charles Loucks - RB</t>
+    <t>#42 Charles Loucks - RB</t>
   </si>
   <si>
     <t>#80 Steven Diaz - TE</t>
   </si>
   <si>
     <t>#19 Irving McIntyre - WR</t>
   </si>
   <si>
     <t>#76 Donald Serrano - LT</t>
   </si>
   <si>
     <t>#79 Scott Deforge - LG</t>
   </si>
   <si>
     <t>#51 Roy Egbert - C</t>
   </si>
   <si>
     <t>#52 Joshua Arrington - RG</t>
   </si>
   <si>
     <t>#50 Rick Ridgway - RT</t>
   </si>
   <si>
     <t>#50 Luke Ostrander - LDE</t>
   </si>