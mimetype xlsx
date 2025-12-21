--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -374,51 +374,51 @@
   <si>
     <t>#62 David Don - LG</t>
   </si>
   <si>
     <t>#68 William Hawkins - C</t>
   </si>
   <si>
     <t>#63 Clifton Rich - RG</t>
   </si>
   <si>
     <t>#65 Carlos Hager - RT</t>
   </si>
   <si>
     <t>#56 Micheal Thompson - LDE</t>
   </si>
   <si>
     <t>#99 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#61 Noah Reid - LDE</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
-    <t>#55 Jeffrey Llewellyn - MLB</t>
+    <t>#58 Jeffrey Llewellyn - MLB</t>
   </si>
   <si>
     <t>#90 Carl White - WLB</t>
   </si>
   <si>
     <t>#46 Ronald Morgan - CB</t>
   </si>
   <si>
     <t>#30 Mark Galloway - CB</t>
   </si>
   <si>
     <t>#43 Andrew Dunn - CB</t>
   </si>
   <si>
     <t>#46 Christopher Long - SS</t>
   </si>
   <si>
     <t>#42 Errol Foster - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NWO 35</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>#66 Charles Wagner - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#57 John Garcia - RT</t>
   </si>
   <si>
     <t>#56 Lawrence Brooks - RDE</t>
   </si>
   <si>
     <t>#58 Nolan Hull - RDE</t>
   </si>
   <si>
     <t>#92 Herman Delgado - SLB</t>
   </si>
   <si>
     <t>#44 Edwin Ford - CB</t>
   </si>
   <si>
     <t>#26 Randy Mason - CB</t>
   </si>
   <si>
-    <t>#34 Kerry Hoover - SS</t>
+    <t>#34 Kerry Hoover - FS</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>TSB 27</t>
   </si>
   <si>
     <t>2-8-PRA 27 (8:10) 20-Billy Dammann ran to PRA 31 for 4 yards. Tackle by 57-Teddy Crosby.</t>
   </si>
   <si>
     <t>#87 Clifton Diaz - WR</t>
   </si>
   <si>
     <t>#36 Anthony Sword - FS</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>