--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -680,51 +680,51 @@
   <si>
     <t>#66 Charles Wagner - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#57 John Garcia - RT</t>
   </si>
   <si>
     <t>#56 Lawrence Brooks - RDE</t>
   </si>
   <si>
     <t>#58 Nolan Hull - RDE</t>
   </si>
   <si>
     <t>#92 Herman Delgado - SLB</t>
   </si>
   <si>
     <t>#44 Edwin Ford - CB</t>
   </si>
   <si>
     <t>#26 Randy Mason - CB</t>
   </si>
   <si>
-    <t>#34 Kerry Hoover - FS</t>
+    <t>#50 Kerry Hoover - SLB</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>TSB 27</t>
   </si>
   <si>
     <t>2-8-PRA 27 (8:10) 20-Billy Dammann ran to PRA 31 for 4 yards. Tackle by 57-Teddy Crosby.</t>
   </si>
   <si>
     <t>#87 Clifton Diaz - WR</t>
   </si>
   <si>
     <t>#36 Anthony Sword - FS</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>