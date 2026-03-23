--- v2 (2026-01-20)
+++ v3 (2026-03-23)
@@ -365,51 +365,51 @@
   <si>
     <t>#19 Adam Legrand - WR</t>
   </si>
   <si>
     <t>#13 William Sanchez - WR</t>
   </si>
   <si>
     <t>#78 Richard Gorecki - LT</t>
   </si>
   <si>
     <t>#62 David Don - LG</t>
   </si>
   <si>
     <t>#68 William Hawkins - C</t>
   </si>
   <si>
     <t>#63 Clifton Rich - RG</t>
   </si>
   <si>
     <t>#65 Carlos Hager - RT</t>
   </si>
   <si>
     <t>#56 Micheal Thompson - LDE</t>
   </si>
   <si>
-    <t>#99 Clarence Duncan - DT</t>
+    <t>#78 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#61 Noah Reid - LDE</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
     <t>#58 Jeffrey Llewellyn - MLB</t>
   </si>
   <si>
     <t>#90 Carl White - WLB</t>
   </si>
   <si>
     <t>#46 Ronald Morgan - CB</t>
   </si>
   <si>
     <t>#30 Mark Galloway - CB</t>
   </si>
   <si>
     <t>#43 Andrew Dunn - CB</t>
   </si>
   <si>
     <t>#46 Christopher Long - SS</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>#82 Austin Cortes - TE</t>
   </si>
   <si>
     <t>#84 Gerardo Goodwin - TE</t>
   </si>
   <si>
     <t>#70 James Burney - LT</t>
   </si>
   <si>
     <t>#73 Kenneth Henson - LG</t>
   </si>
   <si>
     <t>#66 Charles Wagner - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#57 John Garcia - RT</t>
   </si>
   <si>
     <t>#56 Lawrence Brooks - RDE</t>
   </si>
   <si>
-    <t>#58 Nolan Hull - RDE</t>
+    <t>#68 Nolan Hull - RDE</t>
   </si>
   <si>
     <t>#92 Herman Delgado - SLB</t>
   </si>
   <si>
     <t>#44 Edwin Ford - CB</t>
   </si>
   <si>
     <t>#26 Randy Mason - CB</t>
   </si>
   <si>
     <t>#50 Kerry Hoover - SLB</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>TSB 27</t>
   </si>
   <si>
     <t>2-8-PRA 27 (8:10) 20-Billy Dammann ran to PRA 31 for 4 yards. Tackle by 57-Teddy Crosby.</t>
   </si>
   <si>
     <t>#87 Clifton Diaz - WR</t>
   </si>