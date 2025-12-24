--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -290,51 +290,51 @@
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Michael Scott kicks 70 yards from TBY 35 to NYK -5. Touchback.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
-    <t>#27 James Williams - FS</t>
+    <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#25 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#58 Kenneth Holbrook - MLB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#17 Michael Scott - K</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>3-11-TBY 38 (8:52) 41-Christopher Phillips ran to TBY 41 for 3 yards. Tackle by 58-Charles Neely.</t>
   </si>
   <si>
     <t>#41 Christopher Phillips - RB</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>TBY 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-TBY 41 (8:06) 8-Julius Murph punts 62 yards to NYK -3.4-8-TBY 41 (8:06) 8-Julius Murph punts 62 yards to NYK -3. Touchback.</t>
   </si>
   <si>
     <t>#8 Julius Murph - P</t>
   </si>
   <si>
-    <t>#60 Leroy Coster - C</t>
+    <t>#63 Leroy Coster - C</t>
   </si>
   <si>
     <t>#74 Dan Herbert - LT</t>
   </si>
   <si>
     <t>#61 Ricky Love - RG</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>NYK 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NYK 20 (7:58) 34-Elbert Mayo ran to NYK 26 for 6 yards. Tackle by 58-Clyde Garcia.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>