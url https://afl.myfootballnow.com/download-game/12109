--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -350,51 +350,51 @@
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NYK 25 (15:00) 34-Elbert Mayo ran to NYK 24 for -1 yards. Tackle by 96-Frank Davidson.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>
   <si>
     <t>#16 Kenny Carey - WR</t>
   </si>
   <si>
     <t>#87 Leroy Puckett - TE</t>
   </si>
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
-    <t>#75 Gary Bishop - RT</t>
+    <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#66 Garrett Gray - LG</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#63 Wayne Merrill - RG</t>
   </si>
   <si>
     <t>#72 Rodolfo Webber - RT</t>
   </si>
   <si>
     <t>#67 David Ford - LDE</t>
   </si>
   <si>
     <t>#93 Donald Donovan - DT</t>
   </si>
   <si>
     <t>#73 Terry Gillespie - DT</t>
   </si>
   <si>
     <t>#73 Edward Henry - DT</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 41 (13:04) 8-Robert Ramey pass complete to 80-Johnny Moye to TBY 45 for 14 yards. Tackle by 32-Jean Lewis.</t>
   </si>
   <si>
     <t>#9 Ray Allen - RB</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>TBY 45</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TBY 45 (12:27) 34-Elbert Mayo ran to TBY 43 for 2 yards. Tackle by 67-David Ford. 81-Leroy Puckett was caught flat-footed on this play.</t>
   </si>
   <si>
-    <t>#18 Shawn Scanlon - WR</t>
+    <t>#83 Shawn Scanlon - WR</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-TBY 43 (11:50) 34-Elbert Mayo ran to TBY 39 for 3 yards. Tackle by 95-Edward Henry.</t>
   </si>
   <si>
     <t>#1 Jesse Jensen - WR</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>TBY 39</t>
   </si>