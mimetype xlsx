--- v2 (2026-01-23)
+++ v3 (2026-03-07)
@@ -290,57 +290,57 @@
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Michael Scott kicks 70 yards from TBY 35 to NYK -5. Touchback.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
-    <t>#46 James Williams - SS</t>
+    <t>#34 James Williams - CB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
-    <t>#25 Brandon Snipes - CB</t>
+    <t>#41 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#58 Kenneth Holbrook - MLB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#17 Michael Scott - K</t>
   </si>
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
@@ -539,51 +539,51 @@
   <si>
     <t>1-10-TBY 29 (10:59) 49-Leslie Slattery ran to TBY 39 for 10 yards. Tackle by 27-James Williams.</t>
   </si>
   <si>
     <t>#1 Jimmy Boyden - QB</t>
   </si>
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
     <t>#28 Vernon Spears - FB</t>
   </si>
   <si>
     <t>#84 Lewis Finn - TE</t>
   </si>
   <si>
     <t>#10 Tom Vansant - WR</t>
   </si>
   <si>
     <t>#18 Jeramy Guerra - WR</t>
   </si>
   <si>
     <t>#75 Carlos Martinez - LT</t>
   </si>
   <si>
-    <t>#73 Steven Wells - LG</t>
+    <t>#64 Steven Wells - LG</t>
   </si>
   <si>
     <t>#52 Joshua Henson - C</t>
   </si>
   <si>
     <t>#77 David White - RG</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
     <t>#97 Vince Lewis - LDE</t>
   </si>
   <si>
     <t>#28 Daniel Butler - CB</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#37 Nicholas Jamison - CB</t>
   </si>
   <si>
     <t>10:18</t>
   </si>