--- v0 (2025-10-21)
+++ v1 (2026-03-20)
@@ -311,51 +311,51 @@
   <si>
     <t>#97 Kenneth Hurlburt - SLB</t>
   </si>
   <si>
     <t>#72 Matthew Winston - DT</t>
   </si>
   <si>
     <t>#95 Christopher Hendrix - MLB</t>
   </si>
   <si>
     <t>#64 Nicholas McIntyre - RDE</t>
   </si>
   <si>
     <t>#58 Thomas McKee - MLB</t>
   </si>
   <si>
     <t>#55 Brian Ly - WLB</t>
   </si>
   <si>
     <t>#79 Joseph Rocha - DT</t>
   </si>
   <si>
     <t>#94 Willard Brewer - RDE</t>
   </si>
   <si>
-    <t>#90 George Howell - LDE</t>
+    <t>#69 George Howell - LDE</t>
   </si>
   <si>
     <t>#14 David Madrid - K</t>
   </si>
   <si>
     <t>NYT</t>
   </si>
   <si>
     <t>NYT 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-NYT 25 (15:00) 45-Gregory Correll ran to NYT 25 for a short gain. Tackle by 53-Mark Pierce.</t>
   </si>
   <si>
     <t>#3 Richard Glenn - QB</t>
   </si>
   <si>
     <t>#23 Gregory Correll - RB</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#64 Kevin Houston - RG</t>
   </si>
   <si>
     <t>#73 Harold Bigelow - RT</t>
   </si>
   <si>
     <t>#75 Orlando Freund - LDE</t>
   </si>
   <si>
     <t>#92 Gary Walkowiak - DT</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#64 Michael Villanueva - RDE</t>
   </si>
   <si>
     <t>#99 Clay Foley - WLB</t>
   </si>
   <si>
     <t>#55 Mark Pierce - MLB</t>
   </si>
   <si>
-    <t>#90 Walker Johnson - WLB</t>
+    <t>#93 Walker Johnson - WLB</t>
   </si>
   <si>
     <t>#48 James Kerby - CB</t>
   </si>
   <si>
     <t>#23 Chris Anthony - CB</t>
   </si>
   <si>
     <t>#40 Samuel Rolph - CB</t>
   </si>
   <si>
     <t>#33 Robert Jones - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-NYT 25 (14:22) 45-Gregory Correll ran to NYT 24 for -1 yards. Tackle by 53-Mark Pierce.</t>
   </si>
@@ -494,108 +494,108 @@
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>Bat 27</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-Bat 27 (12:52) 15-Patrick Laurel pass complete to 88-Fernando Hendren to NYT 46 for 28 yards. Pushed out of bounds by 46-David Lopez.</t>
   </si>
   <si>
     <t>#2 Patrick Laurel - QB</t>
   </si>
   <si>
     <t>#34 Carl Cunningham - FB</t>
   </si>
   <si>
     <t>#86 Lawrence Livingston - TE</t>
   </si>
   <si>
-    <t>#81 Terry Hasegawa - WR</t>
+    <t>#15 Terry Hasegawa - WR</t>
   </si>
   <si>
     <t>#15 Fernando Hendren - WR</t>
   </si>
   <si>
     <t>#52 Wilbur Woodring - LT</t>
   </si>
   <si>
-    <t>#60 Paul Seeman - LG</t>
+    <t>#78 Paul Seeman - LG</t>
   </si>
   <si>
     <t>#77 Roman Nash - C</t>
   </si>
   <si>
     <t>#67 Ralph Miller - RG</t>
   </si>
   <si>
     <t>#68 Kevin Graves - RT</t>
   </si>
   <si>
     <t>#75 Donald Richardson - LDE</t>
   </si>
   <si>
     <t>#50 William Hickman - MLB</t>
   </si>
   <si>
     <t>#37 George Schaller - CB</t>
   </si>
   <si>
     <t>#21 Gregory Cox - CB</t>
   </si>
   <si>
     <t>#40 Jaime Moore - SS</t>
   </si>
   <si>
     <t>#46 David Lopez - FS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>NYT 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NYT 46 (12:14) 24-David Southwell ran to NYT 46 for a short loss. Tackle by 93-Donald Richardson.</t>
   </si>
   <si>
     <t>#13 Christopher Donis - WR</t>
   </si>
   <si>
-    <t>#94 Laurence Howard - DT</t>
+    <t>#90 Laurence Howard - DT</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-NYT 46 (11:38) 24-David Southwell ran to NYT 43 for 3 yards. Tackle by 53-Thomas McKee.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>NYT 43</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-NYT 41 (10:30) 2-David Madrid 59 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#4 Robert Byrd - P</t>
   </si>
   <si>
     <t>#73 Stephen Browning - RT</t>
   </si>
   <si>
     <t>#65 Oscar Mahoney - RG</t>
   </si>
   <si>
     <t>#61 Ramiro Nixon - C</t>
   </si>
   <si>
     <t>#79 Stewart Stonge - LT</t>
   </si>
   <si>
     <t>#99 Charles Newell - WLB</t>
   </si>
   <si>
-    <t>#92 William Short - SLB</t>
+    <t>#95 William Short - SLB</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>NYT 48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NYT 48 (10:26) 45-Gregory Correll ran to NYT 49 for 1 yards. Tackle by 92-Gary Walkowiak.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>NYT 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>