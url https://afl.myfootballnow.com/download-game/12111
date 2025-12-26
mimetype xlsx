--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -347,87 +347,87 @@
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 6-Norman Cheshire pass incomplete, dropped by 89-William Jones. 90-Burton Hussey got away with a hold on that play.</t>
   </si>
   <si>
     <t>#6 Norman Cheshire - QB</t>
   </si>
   <si>
     <t>#32 Harold Schreiner - FB</t>
   </si>
   <si>
     <t>#84 William Jones - TE</t>
   </si>
   <si>
     <t>#76 Sean Jones - LT</t>
   </si>
   <si>
     <t>#63 Mikel Triana - RG</t>
   </si>
   <si>
-    <t>#73 Donald Gustafson - C</t>
+    <t>#64 Donald Gustafson - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Hall - RT</t>
   </si>
   <si>
     <t>#63 James Morris - DT</t>
   </si>
   <si>
     <t>#96 James Stewart - DT</t>
   </si>
   <si>
     <t>#54 Phillip Jones - DT</t>
   </si>
   <si>
     <t>#70 Eric Donnelly - RDE</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
     <t>#90 Burton Hussey - MLB</t>
   </si>
   <si>
     <t>#54 Wilson Teel - WLB</t>
   </si>
   <si>
     <t>#88 Tom Carter - LDE</t>
   </si>
   <si>
     <t>#48 James Cromer - CB</t>
   </si>
   <si>
-    <t>#22 Steven Reyes - FS</t>
+    <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#26 Ted Edwards - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:56) 6-Norman Cheshire sacked at PHI 16 for -9 yards (70-Eric Donnelly). Sack allowed by 61-Sean Jones.</t>
   </si>
   <si>
     <t>#47 Adam Ireland - RB</t>
   </si>
   <si>
     <t>#11 Randy Garcia - WR</t>
   </si>
   <si>
     <t>#31 Dan Miller - CB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>1-10-YUC 49 (14:02) 38-Williams Contreras ran to YUC 50 for a short gain. Tackle by 66-Julio Fredericksen.</t>
   </si>
   <si>
     <t>#45 Williams Contreras - RB</t>
   </si>
   <si>
     <t>#18 Daren Guffey - WR</t>
   </si>
   <si>
     <t>#87 Jay Ashley - WR</t>
   </si>
   <si>
     <t>#80 Walter Lane - WR</t>
   </si>
   <si>
     <t>#63 Charles Frasier - LT</t>
   </si>
   <si>
     <t>#79 Robert Tomlinson - LG</t>
   </si>
   <si>
     <t>#65 John Haney - C</t>
   </si>
   <si>
-    <t>#78 Richard Glisson - RT</t>
+    <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#53 James Atchison - RT</t>
   </si>
   <si>
     <t>#55 Douglas Lewis - SLB</t>
   </si>
   <si>
     <t>#92 Michael Carter - WLB</t>
   </si>
   <si>
     <t>#49 Edwardo Dow - CB</t>
   </si>
   <si>
     <t>#33 George Bothwell - CB</t>
   </si>
   <si>
     <t>#38 Marvin Sweeney - SS</t>
   </si>
   <si>
     <t>#30 Blake Jones - FS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>#97 James Bennett - MLB</t>
   </si>
   <si>
     <t>#56 Erick Bakken - MLB</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PHI 31 (9:55) 6-Norman Cheshire pass complete to 89-William Jones to PHI 33 for 2 yards. Tackle by 57-Cecil Wright.</t>
   </si>
   <si>
     <t>#41 Dean Gray - RB</t>
   </si>
   <si>
-    <t>#90 Michael Carswell - LDE</t>
+    <t>#94 Michael Carswell - DT</t>
   </si>
   <si>
     <t>#91 Cecil Wright - MLB</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>PHI 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-PHI 33 (9:11) 45-Britt Steele ran to PHI 42 for 9 yards. Tackle by 22-Steven Reyes.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>PHI 42</t>
   </si>
@@ -1373,51 +1373,51 @@
   <si>
     <t>3-2-PHI 26 (6:12) 35-Anthony Taylor ran to PHI 25 for 1 yards. Tackle by 57-Ralph Wolf.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>4-1-PHI 25 (5:36) 17-Russell Richards 44 yard field goal is GOOD. PHI 10 YUC 13</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>(5:33) 17-Russell Richards kicks 69 yards from YUC 35 to PHI -4. 45-Britt Steele to PHI 21 for 26 yards. Tackle by 48-James Cromer.</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>PHI 21</t>
   </si>
   <si>
     <t>1-10-PHI 21 (5:29) 39-Adam Ireland ran to PHI 26 for 5 yards. Tackle by 22-Steven Reyes.</t>
   </si>
   <si>
-    <t>#94 Bryan Long - DT</t>
+    <t>#85 Bryan Long - WLB</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>2-5-PHI 26 (4:53) 6-Norman Cheshire pass Pass knocked down by 26-Ted Edwards. incomplete, intended for 89-William Jones.</t>
   </si>
   <si>
     <t>4:50</t>
   </si>
   <si>
     <t>3-5-PHI 26 (4:51) 45-Britt Steele ran to PHI 27 for 1 yards. Tackle by 90-Burton Hussey.</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>PHI 27</t>
   </si>
   <si>
     <t>4-4-PHI 27 (4:14) 16-Mark Whiteman punts 48 yards to YUC 25. Fair Catch by 3-Leonard Zehner.</t>
   </si>
   <si>
     <t>4:06</t>
   </si>
@@ -2122,103 +2122,103 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="332.633" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>