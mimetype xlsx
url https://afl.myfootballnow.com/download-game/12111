--- v1 (2025-12-26)
+++ v2 (2026-02-03)
@@ -362,51 +362,51 @@
   <si>
     <t>#84 William Jones - TE</t>
   </si>
   <si>
     <t>#76 Sean Jones - LT</t>
   </si>
   <si>
     <t>#63 Mikel Triana - RG</t>
   </si>
   <si>
     <t>#64 Donald Gustafson - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Hall - RT</t>
   </si>
   <si>
     <t>#63 James Morris - DT</t>
   </si>
   <si>
     <t>#96 James Stewart - DT</t>
   </si>
   <si>
-    <t>#54 Phillip Jones - DT</t>
+    <t>#78 Phillip Jones - DT</t>
   </si>
   <si>
     <t>#70 Eric Donnelly - RDE</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
     <t>#90 Burton Hussey - MLB</t>
   </si>
   <si>
     <t>#54 Wilson Teel - WLB</t>
   </si>
   <si>
     <t>#88 Tom Carter - LDE</t>
   </si>
   <si>
     <t>#48 James Cromer - CB</t>
   </si>
   <si>
     <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#26 Ted Edwards - FS</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>#97 James Bennett - MLB</t>
   </si>
   <si>
     <t>#56 Erick Bakken - MLB</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PHI 31 (9:55) 6-Norman Cheshire pass complete to 89-William Jones to PHI 33 for 2 yards. Tackle by 57-Cecil Wright.</t>
   </si>
   <si>
     <t>#41 Dean Gray - RB</t>
   </si>
   <si>
-    <t>#94 Michael Carswell - DT</t>
+    <t>#94 Michael Carswell - RDE</t>
   </si>
   <si>
     <t>#91 Cecil Wright - MLB</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>PHI 33</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-PHI 33 (9:11) 45-Britt Steele ran to PHI 42 for 9 yards. Tackle by 22-Steven Reyes.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>PHI 42</t>
   </si>
@@ -2126,99 +2126,99 @@
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="332.633" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>