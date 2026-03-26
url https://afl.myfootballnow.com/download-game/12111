--- v2 (2026-02-03)
+++ v3 (2026-03-26)
@@ -377,51 +377,51 @@
   <si>
     <t>#74 Jeffrey Hall - RT</t>
   </si>
   <si>
     <t>#63 James Morris - DT</t>
   </si>
   <si>
     <t>#96 James Stewart - DT</t>
   </si>
   <si>
     <t>#78 Phillip Jones - DT</t>
   </si>
   <si>
     <t>#70 Eric Donnelly - RDE</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
     <t>#90 Burton Hussey - MLB</t>
   </si>
   <si>
     <t>#54 Wilson Teel - WLB</t>
   </si>
   <si>
-    <t>#88 Tom Carter - LDE</t>
+    <t>#90 Tom Carter - DT</t>
   </si>
   <si>
     <t>#48 James Cromer - CB</t>
   </si>
   <si>
     <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#26 Ted Edwards - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-PHI 25 (14:56) 6-Norman Cheshire sacked at PHI 16 for -9 yards (70-Eric Donnelly). Sack allowed by 61-Sean Jones.</t>
   </si>
   <si>
     <t>#47 Adam Ireland - RB</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#63 Charles Frasier - LT</t>
   </si>
   <si>
     <t>#79 Robert Tomlinson - LG</t>
   </si>
   <si>
     <t>#65 John Haney - C</t>
   </si>
   <si>
     <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#53 James Atchison - RT</t>
   </si>
   <si>
     <t>#55 Douglas Lewis - SLB</t>
   </si>
   <si>
     <t>#92 Michael Carter - WLB</t>
   </si>
   <si>
     <t>#49 Edwardo Dow - CB</t>
   </si>
   <si>
-    <t>#33 George Bothwell - CB</t>
+    <t>#35 George Bothwell - CB</t>
   </si>
   <si>
     <t>#38 Marvin Sweeney - SS</t>
   </si>
   <si>
     <t>#30 Blake Jones - FS</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>MGA 50</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-10-YUC 50 (13:22) 3-Leonard Zehner pass complete to 81-Matthew Temple to PHI 44 for 6 yards. Tackle by 57-Ralph Wolf.</t>
   </si>
   <si>
     <t>#28 Roosevelt Adler - FB</t>
   </si>