--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -350,51 +350,51 @@
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-APG 25 (15:00) 20-Brian Tunnell ran to APG 30 for 5 yards. Tackle by 59-Keith Harris.</t>
   </si>
   <si>
     <t>#16 William Williams - QB</t>
   </si>
   <si>
     <t>#20 Brian Tunnell - RB</t>
   </si>
   <si>
     <t>#87 Ronald Edwards - TE</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#10 Shaun Courtney - WR</t>
   </si>
   <si>
     <t>#15 Mark Miller - WR</t>
   </si>
   <si>
-    <t>#70 Larry Ward - LT</t>
+    <t>#60 Larry Ward - C</t>
   </si>
   <si>
     <t>#72 Hal Terry - LG</t>
   </si>
   <si>
     <t>#58 Timothy Ross - C</t>
   </si>
   <si>
     <t>#77 Melvin Golden - RG</t>
   </si>
   <si>
     <t>#72 Shawn Butcher - RT</t>
   </si>
   <si>
     <t>#77 Alejandro Sullivan - DT</t>
   </si>
   <si>
     <t>#73 Bruce Thoreson - DT</t>
   </si>
   <si>
     <t>#77 Shannon Heinrich - DT</t>
   </si>
   <si>
     <t>#99 Anthony Myers - RDE</t>
   </si>
@@ -539,84 +539,84 @@
   <si>
     <t>#55 William Gonzales - C</t>
   </si>
   <si>
     <t>#94 Craig Brumit - MLB</t>
   </si>
   <si>
     <t>#52 Donald Hill - MLB</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>MUD 13</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-UND 13 (11:36) 11-Maurice Ashcraft pass complete to 19-Albert Findlay to UND 23 for 9 yards. Tackle by 57-Walter Molina.</t>
   </si>
   <si>
-    <t>#4 Maurice Ashcraft - QB</t>
+    <t>#8 Maurice Ashcraft - QB</t>
   </si>
   <si>
     <t>#45 Stanley Hanson - RB</t>
   </si>
   <si>
     <t>#29 Herbert Campbell - FB</t>
   </si>
   <si>
     <t>#85 David Potts - TE</t>
   </si>
   <si>
     <t>#17 Donald Borja - WR</t>
   </si>
   <si>
     <t>#57 Roy Steptoe - C</t>
   </si>
   <si>
     <t>#66 Michael Morris - LG</t>
   </si>
   <si>
     <t>#76 Henry Decesare - C</t>
   </si>
   <si>
     <t>#67 Alvin Murray - LG</t>
   </si>
   <si>
     <t>#53 William Carter - RT</t>
   </si>
   <si>
     <t>#65 Leroy Storey - DT</t>
   </si>
   <si>
-    <t>#51 Walter Molina - WLB</t>
+    <t>#95 Walter Molina - WLB</t>
   </si>
   <si>
     <t>#90 Tim Hayes - MLB</t>
   </si>
   <si>
     <t>#97 Jason Harnden - WLB</t>
   </si>
   <si>
     <t>#29 Willard McMillan - FS</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>MUD 23</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-UND 23 (10:55) 45-Stanley Hanson ran to UND 23 for 1 yards. Tackle by 65-Leroy Storey.</t>
   </si>