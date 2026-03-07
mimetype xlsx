--- v1 (2026-01-18)
+++ v2 (2026-03-07)
@@ -350,51 +350,51 @@
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-APG 25 (15:00) 20-Brian Tunnell ran to APG 30 for 5 yards. Tackle by 59-Keith Harris.</t>
   </si>
   <si>
     <t>#16 William Williams - QB</t>
   </si>
   <si>
     <t>#20 Brian Tunnell - RB</t>
   </si>
   <si>
     <t>#87 Ronald Edwards - TE</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#10 Shaun Courtney - WR</t>
   </si>
   <si>
     <t>#15 Mark Miller - WR</t>
   </si>
   <si>
-    <t>#60 Larry Ward - C</t>
+    <t>#61 Larry Ward - C</t>
   </si>
   <si>
     <t>#72 Hal Terry - LG</t>
   </si>
   <si>
     <t>#58 Timothy Ross - C</t>
   </si>
   <si>
     <t>#77 Melvin Golden - RG</t>
   </si>
   <si>
     <t>#72 Shawn Butcher - RT</t>
   </si>
   <si>
     <t>#77 Alejandro Sullivan - DT</t>
   </si>
   <si>
     <t>#73 Bruce Thoreson - DT</t>
   </si>
   <si>
     <t>#77 Shannon Heinrich - DT</t>
   </si>
   <si>
     <t>#99 Anthony Myers - RDE</t>
   </si>