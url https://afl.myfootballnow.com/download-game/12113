--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -314,69 +314,69 @@
   <si>
     <t>#67 George Tirado - RDE</t>
   </si>
   <si>
     <t>#44 Danny Croskey - CB</t>
   </si>
   <si>
     <t>#53 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#91 Jason Oldham - LDE</t>
   </si>
   <si>
     <t>#55 Larry Glasscock - SLB</t>
   </si>
   <si>
     <t>#76 Ryan Miller - RDE</t>
   </si>
   <si>
     <t>#91 William Johnson - WLB</t>
   </si>
   <si>
     <t>#51 Thomas Gallaher - WLB</t>
   </si>
   <si>
-    <t>#3 Mitchell Feather - K</t>
+    <t>#9 Mitchell Feather - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 43-Deon Obando ran to CAR 26 for 1 yards. Tackle by 96-Peter Campbell.</t>
   </si>
   <si>
-    <t>#4 Stephen Hall - QB</t>
+    <t>#6 Stephen Hall - QB</t>
   </si>
   <si>
     <t>#31 George Willard - FB</t>
   </si>
   <si>
     <t>#88 Timothy Strayhorn - WR</t>
   </si>
   <si>
     <t>#12 Ronald Cope - WR</t>
   </si>
   <si>
     <t>#89 Richard Mathis - WR</t>
   </si>
   <si>
     <t>#59 Craig Heller - LT</t>
   </si>
   <si>
     <t>#61 Jason Barela - LG</t>
   </si>
   <si>
     <t>#66 Dion Kennedy - C</t>
   </si>
   <si>
     <t>#56 Patrick Frey - RG</t>
   </si>
@@ -491,54 +491,54 @@
   <si>
     <t>#51 Walter Forte - SLB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>NEW 33</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-NEW 33 (13:02) 8-Paul Vanscyoc pass complete to 17-Robert Cruz to NEW 46 for 14 yards. Tackle by 26-David Starr.</t>
   </si>
   <si>
     <t>#8 Paul Vanscyoc - QB</t>
   </si>
   <si>
     <t>#32 Kyle Hodges - RB</t>
   </si>
   <si>
     <t>#25 Benny Bethea - RB</t>
   </si>
   <si>
-    <t>#12 Stephen Lopez - WR</t>
-[...2 lines deleted...]
-    <t>#17 Robert Cruz - WR</t>
+    <t>#11 Stephen Lopez - WR</t>
+  </si>
+  <si>
+    <t>#11 Robert Cruz - WR</t>
   </si>
   <si>
     <t>#18 Ronald Stover - WR</t>
   </si>
   <si>
     <t>#78 Justin Brookins - RT</t>
   </si>
   <si>
     <t>#65 Charles Bowling - LG</t>
   </si>
   <si>
     <t>#53 Thomas Fong - C</t>
   </si>
   <si>
     <t>#64 Freddie Granberry - RG</t>
   </si>
   <si>
     <t>#50 Ron Wilhelm - RT</t>
   </si>
   <si>
     <t>#74 Robert Smith - DT</t>
   </si>
   <si>
     <t>#26 David Starr - CB</t>
   </si>
@@ -878,84 +878,84 @@
   <si>
     <t>NEW 26</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-NEW 26 (2:18) 19-Stephen Hall pass complete to 31-George Willard to NEW 7 for 19 yards. Tackle by 48-Bruce Moore.</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>NEW 7</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-7-NEW 7 (1:42) 22-David Williams ran to NEW 1 for 5 yards. Tackle by 94-Bryan Croft.</t>
   </si>
   <si>
-    <t>#25 Juan Schilling - RB</t>
+    <t>#20 Juan Schilling - RB</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>NEW 1</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-1-NEW 1 (1:03) 43-Deon Obando ran for 1 yards. TOUCHDOWN! CAR 6 NEW 6</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
     <t>NEW 15</t>
   </si>
   <si>
     <t>(1:01) Extra point GOOD by 4-Hassan Salgado. CAR 7 NEW 6</t>
   </si>
   <si>
     <t>#4 Hassan Salgado - K</t>
   </si>
   <si>
     <t>#69 George Rick - RG</t>
   </si>
   <si>
     <t>#52 Douglas Strickland - MLB</t>
   </si>
   <si>
-    <t>#90 John Shepherd - MLB</t>
+    <t>#53 John Shepherd - MLB</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>(1:01) 4-Hassan Salgado kicks 71 yards from CAR 35 to NEW -6. 16-Christian Hendrickson to NEW 31 for 38 yards. Tackle by 4-Hassan Salgado. NEW 57-Richard Ball was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:54</t>
   </si>
   <si>
     <t>NEW 31</t>
   </si>
   <si>
     <t>1-10-NEW 31 (0:55) 32-Kyle Hodges ran to NEW 33 for 2 yards. Tackle by 96-Richard Smith.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>2-8-NEW 33 (0:17) 8-Paul Vanscyoc pass complete to 9-Charles Nelson to NEW 47 for 14 yards. Tackle by 23-Joseph Washington.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>