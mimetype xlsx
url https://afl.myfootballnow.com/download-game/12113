--- v1 (2025-12-18)
+++ v2 (2026-01-13)
@@ -1481,51 +1481,51 @@
   <si>
     <t>NEW 3</t>
   </si>
   <si>
     <t>1-10-NEW 3 (6:03) 25-Benny Bethea ran to NEW 10 for 8 yards. Tackle by 41-George Wheeler. PENALTY - Unnecessary Roughness (CAR 41-George Wheeler)</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>1-10-NEW 25 (5:59) 25-Benny Bethea ran to NEW 24 for -2 yards. Tackle by 94-William Johnson.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>NEW 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>2-12-NEW 24 (5:14) 36-John McCall ran to NEW 28 for 4 yards. Tackle by 94-William Johnson.</t>
   </si>
   <si>
-    <t>#36 John McCall - RB</t>
+    <t>#36 John McCall - RT</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-7-NEW 28 (4:28) 8-Paul Vanscyoc pass Pass knocked down by 36-Danny Croskey. incomplete, intended for 25-Benny Bethea.</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>4-7-NEW 28 (4:25) 1-Edward Petersen punts 39 yards to CAR 33. Fair Catch by 22-David Williams.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>1-10-CAR 33 (4:18) 19-Stephen Hall pass complete to 13-Richard Mathis to CAR 40 for 7 yards. Tackle by 37-Edward Gendreau.</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>2-3-CAR 40 (3:31) 19-Stephen Hall ran to NEW 47 for 13 yards. Tackle by 41-Donald Rubin.</t>
   </si>