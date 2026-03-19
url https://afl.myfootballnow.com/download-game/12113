--- v2 (2026-01-13)
+++ v3 (2026-03-19)
@@ -332,51 +332,51 @@
   <si>
     <t>#91 William Johnson - WLB</t>
   </si>
   <si>
     <t>#51 Thomas Gallaher - WLB</t>
   </si>
   <si>
     <t>#9 Mitchell Feather - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 43-Deon Obando ran to CAR 26 for 1 yards. Tackle by 96-Peter Campbell.</t>
   </si>
   <si>
-    <t>#6 Stephen Hall - QB</t>
+    <t>#8 Stephen Hall - QB</t>
   </si>
   <si>
     <t>#31 George Willard - FB</t>
   </si>
   <si>
     <t>#88 Timothy Strayhorn - WR</t>
   </si>
   <si>
     <t>#12 Ronald Cope - WR</t>
   </si>
   <si>
     <t>#89 Richard Mathis - WR</t>
   </si>
   <si>
     <t>#59 Craig Heller - LT</t>
   </si>
   <si>
     <t>#61 Jason Barela - LG</t>
   </si>
   <si>
     <t>#66 Dion Kennedy - C</t>
   </si>
   <si>
     <t>#56 Patrick Frey - RG</t>
   </si>