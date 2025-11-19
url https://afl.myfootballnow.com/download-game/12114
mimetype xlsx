--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -344,51 +344,51 @@
   <si>
     <t>14:44</t>
   </si>
   <si>
     <t>ARI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:45) Extra point GOOD by 12-Gerald Andrews. ARI 0 Can 7</t>
   </si>
   <si>
     <t>#63 Aurelio Morales - LG</t>
   </si>
   <si>
     <t>#6 Gerald Andrews - K</t>
   </si>
   <si>
     <t>#75 Mohammed Rabinowitz - LT</t>
   </si>
   <si>
-    <t>#94 Christopher Lathrop - WLB</t>
+    <t>#54 Christopher Lathrop - WLB</t>
   </si>
   <si>
     <t>#54 Dennis Wyatt - RG</t>
   </si>
   <si>
     <t>#77 Matthew McClintock - RG</t>
   </si>
   <si>
     <t>#52 Charles Benitez - C</t>
   </si>
   <si>
     <t>#63 Jose Watt - DT</t>
   </si>
   <si>
     <t>#68 Jeffrey Richardson - RG</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#72 Ulysses Jones - LDE</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>Can 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Can 24 (13:49) 44-Donald Hughes ran to Can 26 for 2 yards. Tackle by 98-James Napper.</t>
   </si>
   <si>
     <t>#9 Travis Miller - QB</t>
   </si>
   <si>
     <t>#26 Peter Matthews - FB</t>
   </si>
   <si>
     <t>#82 Billie Bradford - TE</t>
   </si>
   <si>
     <t>#17 Tory Howell - WR</t>
   </si>
   <si>
-    <t>#80 Kenneth Allen - WR</t>
+    <t>#89 Kenneth Allen - WR</t>
   </si>
   <si>
     <t>#63 George Whitton - LT</t>
   </si>
   <si>
     <t>#96 Lonnie Redd - SLB</t>
   </si>
   <si>
     <t>#31 Jonathan Robertson - SS</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>Can 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>2-8-Can 26 (13:11) 44-Donald Hughes ran to Can 37 for 11 yards. Tackle by 72-Ulysses Jones.</t>
   </si>