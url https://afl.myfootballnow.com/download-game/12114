--- v1 (2025-11-19)
+++ v2 (2026-01-21)
@@ -290,63 +290,63 @@
   <si>
     <t>ARI</t>
   </si>
   <si>
     <t>ARI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-David Thomas kicks 69 yards from ARI 35 to Can -4. 44-Donald Hughes for 105yards. TOUCHDOWN! ARI 65-Joseph Steed was injured on the play. He looks like he should be able to return. ARI 0 Can 6</t>
   </si>
   <si>
     <t>#44 Donald Hughes - RB</t>
   </si>
   <si>
     <t>#77 Samuel Gonzales - RDE</t>
   </si>
   <si>
     <t>#72 Thomas Fielding - DT</t>
   </si>
   <si>
-    <t>#52 Ralph Rubio - SLB</t>
+    <t>#52 Ralph Rubio - LDE</t>
   </si>
   <si>
     <t>#51 Pat Craig - DT</t>
   </si>
   <si>
     <t>#90 Angel Pace - LDE</t>
   </si>
   <si>
     <t>#46 Robert Kinsey - SS</t>
   </si>
   <si>
-    <t>#60 Richard Campbell - LDE</t>
+    <t>#93 Richard Campbell - LDE</t>
   </si>
   <si>
     <t>#93 Saul Nettles - DT</t>
   </si>
   <si>
     <t>#22 Joel Hill - CB</t>
   </si>
   <si>
     <t>#97 Sam Perkins - SLB</t>
   </si>
   <si>
     <t>#9 David Thomas - K</t>
   </si>
   <si>
     <t>Can</t>
   </si>
   <si>
     <t>14:44</t>
   </si>
   <si>
     <t>ARI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>