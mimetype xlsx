--- v2 (2026-01-21)
+++ v3 (2026-03-03)
@@ -413,108 +413,108 @@
   <si>
     <t>#57 James Napper - DT</t>
   </si>
   <si>
     <t>#61 Matthew Hultgren - DT</t>
   </si>
   <si>
     <t>Can 35</t>
   </si>
   <si>
     <t>(14:45) 12-Gerald Andrews kicks 63 yards from Can 35 to ARI 2. 38-Kenneth Wyant to ARI 29 for 28 yards. Tackle by 48-Joel Hill. ARI 63-Frank Conley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#38 Kenneth Wyant - RB</t>
   </si>
   <si>
     <t>#56 Robert Brenner - WLB</t>
   </si>
   <si>
     <t>#36 Foster Stiffler - CB</t>
   </si>
   <si>
     <t>#25 Marcus Hutcheson - FS</t>
   </si>
   <si>
-    <t>#33 Matthew Sitton - CB</t>
+    <t>#37 Matthew Sitton - CB</t>
   </si>
   <si>
     <t>14:39</t>
   </si>
   <si>
     <t>ARI 29</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ARI 29 (14:40) 8-Sean McNeil pass Pass knocked down by 94-Ralph Rubio. incomplete, intended for 83-Roy Tinch.</t>
   </si>
   <si>
     <t>#14 Sean McNeil - QB</t>
   </si>
   <si>
     <t>#20 David Schaefer - RB</t>
   </si>
   <si>
     <t>#42 Larry Jennings - FB</t>
   </si>
   <si>
     <t>#89 Roy Tinch - TE</t>
   </si>
   <si>
     <t>#14 Nelson Cole - WR</t>
   </si>
   <si>
     <t>#5 David Waller - WR</t>
   </si>
   <si>
     <t>#78 Nick Anderson - LT</t>
   </si>
   <si>
-    <t>#73 Bo Deloach - C</t>
+    <t>#69 Bo Deloach - C</t>
   </si>
   <si>
     <t>#62 Christopher Ritchey - C</t>
   </si>
   <si>
     <t>#60 John Elwell - LG</t>
   </si>
   <si>
     <t>#75 Howard Blackmon - RG</t>
   </si>
   <si>
     <t>#52 Edwin Lynch - SLB</t>
   </si>
   <si>
     <t>#92 Claude McKenzie - MLB</t>
   </si>
   <si>
-    <t>#31 Clifford Miller - CB</t>
+    <t>#41 Clifford Miller - CB</t>
   </si>
   <si>
     <t>#36 Steven Kirk - SS</t>
   </si>
   <si>
     <t>#38 Patrick Chess - CB</t>
   </si>
   <si>
     <t>14:37</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-ARI 29 (14:38) PENALTY - False Start (ARI 70-Lester Main)</t>
   </si>
   <si>
     <t>#86 Gary Chisolm - WR</t>
   </si>
   <si>
     <t>#70 Lester Main - RG</t>
   </si>