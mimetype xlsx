--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -308,51 +308,51 @@
   <si>
     <t>#29 David Garcia - SS</t>
   </si>
   <si>
     <t>#76 Jose Nance - DT</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
   <si>
     <t>#34 Robert Pearson - CB</t>
   </si>
   <si>
     <t>#71 Dennis Sisk - WLB</t>
   </si>
   <si>
     <t>#98 David Peterson - MLB</t>
   </si>
   <si>
     <t>#31 Armando Holden - SS</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>#36 James Smith - FS</t>
   </si>
   <si>
     <t>#13 Robert Beedle - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>Iow 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:46) Extra point GOOD by 16-Thomas Collins. Iow 0 DAY 7</t>
   </si>
@@ -362,78 +362,78 @@
   <si>
     <t>#74 Arthur Haile - RG</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
     <t>#62 Williams Benz - RT</t>
   </si>
   <si>
     <t>#59 Craig Bailey - LG</t>
   </si>
   <si>
     <t>#75 Brett Griffith - RG</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#66 Terrance Terrill - LT</t>
   </si>
   <si>
-    <t>#77 Gene Lee - LT</t>
+    <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#77 David Jones - RDE</t>
   </si>
   <si>
     <t>#54 Rudolph Turner - MLB</t>
   </si>
   <si>
     <t>#66 Dean Burns - LDE</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#44 Randall Martinez - SS</t>
   </si>
   <si>
-    <t>#75 Joseph Dones - DT</t>
-[...2 lines deleted...]
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#71 Joseph Dones - DT</t>
+  </si>
+  <si>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>#98 Dean Fleetwood - RDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>(14:46) 16-Thomas Collins kicks 72 yards from DAY 35 to Iow -7. 82-James Williams to Iow 32 for 39 yards. Tackle by 16-Thomas Collins.</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>3-14-Iow 28 (13:52) 39-Rosendo Smith ran to Iow 26 for -2 yards. Tackle by 71-Dennis Sisk.</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
     <t>Iow 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-Iow 26 (13:12) 18-Alvin Dunbar punts 47 yards to DAY 27. Fair Catch by 17-Walter Hurley.</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
     <t>#55 William Branch - LG</t>
   </si>
   <si>
-    <t>#56 Steve Torres - RG</t>
+    <t>#75 Steve Torres - RG</t>
   </si>
   <si>
     <t>#68 Henry Reyes - C</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DAY 27</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAY 27 (13:05) 8-Joseph Peterson pass Pass knocked down by 22-Jimmy Hockett. incomplete, intended for 80-Steven Webster.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
   <si>
     <t>#32 Douglas Goldman - RB</t>
   </si>