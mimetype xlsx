--- v0 (2025-10-21)
+++ v1 (2026-01-20)
@@ -353,75 +353,75 @@
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-PHI 30 (14:55) 39-Adam Ireland ran to PHI 31 for 1 yards. Tackle by 92-Joshua McCoy. 32-Harold Schreiner was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#6 Norman Cheshire - QB</t>
   </si>
   <si>
     <t>#47 Adam Ireland - RB</t>
   </si>
   <si>
     <t>#32 Harold Schreiner - FB</t>
   </si>
   <si>
     <t>#84 William Jones - TE</t>
   </si>
   <si>
     <t>#76 Sean Jones - LT</t>
   </si>
   <si>
     <t>#63 Mikel Triana - RG</t>
   </si>
   <si>
-    <t>#73 Donald Gustafson - C</t>
+    <t>#64 Donald Gustafson - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Hall - RT</t>
   </si>
   <si>
     <t>#96 Harold Young - LDE</t>
   </si>
   <si>
     <t>#99 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#99 Jeffrey Swindle - DT</t>
   </si>
   <si>
     <t>#77 John Garber - RDE</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
-    <t>#55 Jeffrey Llewellyn - MLB</t>
+    <t>#58 Jeffrey Llewellyn - MLB</t>
   </si>
   <si>
     <t>#90 Carl White - WLB</t>
   </si>
   <si>
     <t>#46 Ronald Morgan - CB</t>
   </si>
   <si>
     <t>#30 Mark Galloway - CB</t>
   </si>
   <si>
     <t>#46 Christopher Long - SS</t>
   </si>
   <si>
     <t>#42 Errol Foster - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>