--- v1 (2026-01-20)
+++ v2 (2026-03-21)
@@ -365,51 +365,51 @@
   <si>
     <t>#32 Harold Schreiner - FB</t>
   </si>
   <si>
     <t>#84 William Jones - TE</t>
   </si>
   <si>
     <t>#76 Sean Jones - LT</t>
   </si>
   <si>
     <t>#63 Mikel Triana - RG</t>
   </si>
   <si>
     <t>#64 Donald Gustafson - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Hall - RT</t>
   </si>
   <si>
     <t>#96 Harold Young - LDE</t>
   </si>
   <si>
-    <t>#99 Clarence Duncan - DT</t>
+    <t>#78 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#99 Jeffrey Swindle - DT</t>
   </si>
   <si>
     <t>#77 John Garber - RDE</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
     <t>#58 Jeffrey Llewellyn - MLB</t>
   </si>
   <si>
     <t>#90 Carl White - WLB</t>
   </si>
   <si>
     <t>#46 Ronald Morgan - CB</t>
   </si>
   <si>
     <t>#30 Mark Galloway - CB</t>
   </si>
   <si>
     <t>#46 Christopher Long - SS</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#73 Kenneth Henson - LG</t>
   </si>
   <si>
     <t>#66 Charles Wagner - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#57 John Garcia - RT</t>
   </si>
   <si>
     <t>#78 Julio Fredericksen - RDE</t>
   </si>
   <si>
     <t>#55 Douglas Lewis - SLB</t>
   </si>
   <si>
     <t>#92 Michael Carter - WLB</t>
   </si>
   <si>
     <t>#49 Edwardo Dow - CB</t>
   </si>
   <si>
-    <t>#33 George Bothwell - CB</t>
+    <t>#35 George Bothwell - CB</t>
   </si>
   <si>
     <t>#38 Marvin Sweeney - SS</t>
   </si>
   <si>
     <t>#30 Blake Jones - FS</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>TSB 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-PRA 23 (10:44) 16-James Jackson pass complete to 86-Martin Downing to PRA 29 for 6 yards. Tackle by 27-George Bothwell. 86-Martin Downing did some fancy footwork there. PENALTY - Pass Interference (PHI 27-George Bothwell)</t>
   </si>
   <si>
     <t>#20 Billy Dammann - RB</t>
   </si>