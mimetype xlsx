--- v0 (2025-10-19)
+++ v1 (2025-11-17)
@@ -368,51 +368,51 @@
   <si>
     <t>#84 Ricardo Gilliland - WR</t>
   </si>
   <si>
     <t>#76 Henry Decesare - C</t>
   </si>
   <si>
     <t>#66 Michael Morris - LG</t>
   </si>
   <si>
     <t>#61 Jerry Coppock - LG</t>
   </si>
   <si>
     <t>#67 Alvin Murray - LG</t>
   </si>
   <si>
     <t>#53 William Carter - RT</t>
   </si>
   <si>
     <t>#92 William Vaughn - LDE</t>
   </si>
   <si>
     <t>#75 Robert David - DT</t>
   </si>
   <si>
-    <t>#68 Henry Belcher - DT</t>
+    <t>#63 Henry Belcher - DT</t>
   </si>
   <si>
     <t>#61 Samuel Fox - RDE</t>
   </si>
   <si>
     <t>#91 Kenneth Sorensen - MLB</t>
   </si>
   <si>
     <t>#56 Robert Carpenter - WLB</t>
   </si>
   <si>
     <t>#32 James Oliver - CB</t>
   </si>
   <si>
     <t>#41 Byron Shoulders - CB</t>
   </si>
   <si>
     <t>#39 John Palmer - CB</t>
   </si>
   <si>
     <t>#46 Mark Jefferson - SS</t>
   </si>
   <si>
     <t>#40 Byron Brunson - FS</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#73 William Gamble - DT</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>MUD 19</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-UND 19 (11:53) 9-Joshua Baker pass complete to 89-Glenn Moore to UND 0 for 19 yards. TOUCHDOWN! WIM 78-Lionel Hall was injured on the play. He looks like he should be able to return. WIM 6 UND 0</t>
   </si>
   <si>
     <t>#28 Johnnie Bybee - RB</t>
   </si>
   <si>
     <t>#42 John Hamilton - RB</t>
   </si>
   <si>
-    <t>#17 Fred Stuart - WR</t>
+    <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>MUD 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:48) Extra point GOOD by 8-Edward Barber. WIM 7 UND 0</t>
   </si>
   <si>
     <t>#13 Joseph Tebo - P</t>
   </si>
   <si>
     <t>#58 Sean Gonzales - C</t>
   </si>
   <si>
     <t>#68 Thomas Griffin - RT</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>WIM 46</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>3-8-WIM 46 (6:26) 45-Stanley Hanson ran to WIM 39 for 7 yards. Tackle by 56-Raymond McClendon.</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>WIM 39</t>
   </si>
   <si>
     <t>4-1-WIM 39 (5:44) 16-Adam McFarlin 56 yard field goal is GOOD. WIM 7 UND 3</t>
   </si>
   <si>
     <t>#7 William Thomas - QB</t>
   </si>
   <si>
     <t>#16 Adam McFarlin - K</t>
   </si>
   <si>
-    <t>#93 Fred Burton - RDE</t>
+    <t>#59 Fred Burton - RDE</t>
   </si>
   <si>
     <t>#46 John Miller - FS</t>
   </si>
   <si>
     <t>#57 James Patel - WLB</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>(5:40) 16-Adam McFarlin kicks 75 yards from UND 35 to WIM -10. Touchback.</t>
   </si>
   <si>
     <t>WIM 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-WIM 25 (5:40) 9-Joshua Baker pass complete to 7-Abraham Ivey to WIM 35 for 10 yards. Tackle by 28-Alan McDonald. Great move by 7-Abraham Ivey to get free of his coverage. UND 94-Brian Schulz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>