--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -332,51 +332,51 @@
   <si>
     <t>#93 Ray Renfroe - SLB</t>
   </si>
   <si>
     <t>#50 Raymond Jacobsen - MLB</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>MUD</t>
   </si>
   <si>
     <t>MUD 25</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-UND 25 (15:00) 11-Maurice Ashcraft pass complete to 85-David Potts to UND 31 for 6 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
-    <t>#4 Maurice Ashcraft - QB</t>
+    <t>#8 Maurice Ashcraft - QB</t>
   </si>
   <si>
     <t>#85 David Potts - TE</t>
   </si>
   <si>
     <t>#17 Donald Borja - WR</t>
   </si>
   <si>
     <t>#83 Scott Whipple - WR</t>
   </si>
   <si>
     <t>#84 Ricardo Gilliland - WR</t>
   </si>
   <si>
     <t>#76 Henry Decesare - C</t>
   </si>
   <si>
     <t>#66 Michael Morris - LG</t>
   </si>
   <si>
     <t>#61 Jerry Coppock - LG</t>
   </si>
   <si>
     <t>#67 Alvin Murray - LG</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>#89 Glenn Moore - TE</t>
   </si>
   <si>
     <t>#14 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#7 Abraham Ivey - WR</t>
   </si>
   <si>
     <t>#88 James Putman - WR</t>
   </si>
   <si>
     <t>#68 Lewis Harrell - LT</t>
   </si>
   <si>
     <t>#60 Cory Tichenor - LG</t>
   </si>
   <si>
     <t>#67 Stanley Workman - C</t>
   </si>
   <si>
     <t>#70 Todd Lopez - LT</t>
   </si>
   <si>
-    <t>#78 Lionel Hall - RT</t>
+    <t>#50 Lionel Hall - RT</t>
   </si>
   <si>
     <t>#96 Zachary Bingham - DT</t>
   </si>
   <si>
     <t>#46 Santos Leslie - CB</t>
   </si>
   <si>
     <t>#28 Alan McDonald - CB</t>
   </si>
   <si>
     <t>#48 Walter Ackerman - FS</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-3-UND 39 (12:39) 9-Joshua Baker pass complete to 45-Jeff Kuo to UND 19 for 20 yards. Tackle by 46-Santos Leslie. WIM 85-Joshua Peabody was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -557,87 +557,87 @@
   <si>
     <t>#91 Richard Young - RDE</t>
   </si>
   <si>
     <t>#73 William Gamble - DT</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>MUD 19</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-UND 19 (11:53) 9-Joshua Baker pass complete to 89-Glenn Moore to UND 0 for 19 yards. TOUCHDOWN! WIM 78-Lionel Hall was injured on the play. He looks like he should be able to return. WIM 6 UND 0</t>
   </si>
   <si>
     <t>#28 Johnnie Bybee - RB</t>
   </si>
   <si>
-    <t>#42 John Hamilton - RB</t>
+    <t>#44 John Hamilton - RB</t>
   </si>
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>MUD 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:48) Extra point GOOD by 8-Edward Barber. WIM 7 UND 0</t>
   </si>
   <si>
     <t>#13 Joseph Tebo - P</t>
   </si>
   <si>
     <t>#58 Sean Gonzales - C</t>
   </si>
   <si>
     <t>#68 Thomas Griffin - RT</t>
   </si>
   <si>
     <t>#74 Glenn Acker - LG</t>
   </si>
   <si>
-    <t>#75 Whitney Miracle - C</t>
-[...2 lines deleted...]
-    <t>#80 James Dudley - TE</t>
+    <t>#53 Whitney Miracle - C</t>
+  </si>
+  <si>
+    <t>#83 James Dudley - TE</t>
   </si>
   <si>
     <t>#94 Craig Brumit - MLB</t>
   </si>
   <si>
     <t>#64 Byron Garmon - RDE</t>
   </si>
   <si>
     <t>(11:48) 8-Edward Barber kicks 75 yards from WIM 35 to UND -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-UND 25 (11:48) 45-Stanley Hanson ran to UND 34 for 9 yards. Tackle by 91-Kenneth Sorensen.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>MUD 34</t>
   </si>