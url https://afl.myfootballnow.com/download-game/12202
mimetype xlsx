--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -929,51 +929,51 @@
   <si>
     <t>SEA 37</t>
   </si>
   <si>
     <t>1-10-SEA 37 (0:20) 8-Joseph Peterson ran to SEA 20 for 16 yards. 8-Joseph Peterson FUMBLES (40-Kenneth Jones) recovered by DAY-84-Charles Velez at SEA 21. Tackle by 40-Kenneth Jones. SEA 50-Luke Ostrander was injured on the play. He looks like he should be able to return. PENALTY - Defensive Holding (SEA 1-Matthew Perkins) (Declined)</t>
   </si>
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>SEA 21</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-SEA 21 (0:11) 8-Joseph Peterson pass incomplete, intended for 81-Robert Lovelady.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>2-10-SEA 21 (0:10) 8-Joseph Peterson pass complete to 43-Harold Kennedy to SEA 20 for a short gain. Tackle by 1-Matthew Perkins.</t>
   </si>
   <si>
-    <t>#61 Donald Hedley - LDE</t>
+    <t>#77 Donald Hedley - LDE</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>SEA 20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-10-SEA 20 (15:00) 8-Joseph Peterson pass complete to 32-Douglas Goldman to SEA 20 for a short gain. Tackle by 35-Michael Lewandowski.</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>4-10-SEA 20 (14:26) 16-Thomas Collins 38 yard field goal is GOOD. DAY 6 SEA 0</t>
   </si>