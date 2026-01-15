--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -308,51 +308,51 @@
   <si>
     <t>#29 David Garcia - SS</t>
   </si>
   <si>
     <t>#76 Jose Nance - DT</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
   <si>
     <t>#36 James Smith - FS</t>
   </si>
   <si>
     <t>#71 Dennis Sisk - WLB</t>
   </si>
   <si>
     <t>#98 David Peterson - MLB</t>
   </si>
   <si>
     <t>#31 Armando Holden - SS</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>#34 Robert Pearson - CB</t>
   </si>
   <si>
     <t>#11 David McCall - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 32-Douglas Goldman ran to DAY 29 for 4 yards. Tackle by 28-Eddie Smith.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#85 Raymond Graham - WR</t>
   </si>
   <si>
     <t>#80 Steven Webster - WR</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#59 Craig Bailey - LG</t>
   </si>
   <si>
     <t>#53 Gabriel Barnett - C</t>
   </si>
   <si>
     <t>#74 Arthur Haile - RG</t>
   </si>
   <si>
     <t>#62 Williams Benz - RT</t>
   </si>
   <si>
     <t>#50 Luke Ostrander - LDE</t>
   </si>
   <si>
-    <t>#57 John Theriot - DT</t>
+    <t>#79 John Theriot - DT</t>
   </si>
   <si>
     <t>#66 Peter McAdams - DT</t>
   </si>
   <si>
     <t>#93 Arthur McKinney - RDE</t>
   </si>
   <si>
     <t>#51 Charles Young - SLB</t>
   </si>
   <si>
     <t>#51 Michael Brito - SLB</t>
   </si>
   <si>
     <t>#97 Jeffrey Brown - WLB</t>
   </si>
   <si>
     <t>#1 Matthew Perkins - CB</t>
   </si>
   <si>
     <t>#26 Kenneth Jones - CB</t>
   </si>
   <si>
     <t>#28 Eddie Smith - SS</t>
   </si>
@@ -608,60 +608,60 @@
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>SEA 18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-SEA 18 (8:01) 16-Thomas Collins 35 yard field goal is GOOD. DAY 3 SEA 0</t>
   </si>
   <si>
     <t>#13 Michael Fisher - QB</t>
   </si>
   <si>
     <t>#66 Terrance Terrill - LT</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
-    <t>#77 Gene Lee - LT</t>
+    <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#75 Brett Griffith - RG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
-    <t>#78 Isaac Ford - DT</t>
+    <t>#58 Isaac Ford - DT</t>
   </si>
   <si>
     <t>#73 Mario Ruiz - DT</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>(7:58) 16-Thomas Collins kicks 75 yards from DAY 35 to SEA -10. Touchback.</t>
   </si>
   <si>
     <t>#24 William Molina - RB</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-SEA 25 (7:58) 24-William Molina ran to SEA 26 for 1 yards. Tackle by 49-Dennis Ross.</t>
   </si>
   <si>
     <t>#16 Curtis Williams - QB</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-SEA 29 (4:28) 24-William Molina ran to SEA 32 for 3 yards. Tackle by 29-David Garcia.</t>
   </si>
   <si>
     <t>#95 Arthur Ibarra - WLB</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>SEA 32</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-SEA 32 (3:51) 4-Curtis Williams pass incomplete, dropped by 18-Brad Curl. That was a dangerous pass.</t>
   </si>
   <si>
-    <t>#18 Brad Curl - WR</t>
+    <t>#82 Brad Curl - WR</t>
   </si>
   <si>
     <t>3:45</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-7-SEA 32 (3:46) 4-Curtis Williams pass complete to 18-Brad Curl to SEA 34 for 2 yards. Tackle by 34-Robert Pearson.</t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>4-5-SEA 34 (3:12) 15-Neal Brown punts 51 yards to DAY 15. 17-Walter Hurley to DAY 28 for 14 yards. Tackle by 64-Raymond Grove.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>