--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -611,51 +611,51 @@
   <si>
     <t>Iow 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-1-Iow 38 (12:04) 8-James Myer sacked at Iow 29 for -10 yards (60-Frank Najar). Sack allowed by 72-Bruno Yeager.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>4-10-Iow 29 (11:25) 18-Alvin Dunbar punts 46 yards to PLL 25. Fair Catch by 17-John Lewis.</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
     <t>#17 John Lewis - WR</t>
   </si>
   <si>
-    <t>#56 Steve Torres - RG</t>
+    <t>#75 Steve Torres - RG</t>
   </si>
   <si>
     <t>#59 Geoffrey Paulsen - LT</t>
   </si>
   <si>
     <t>#68 Henry Reyes - C</t>
   </si>
   <si>
     <t>#69 Kelly Johnson - RDE</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-PLL 25 (11:18) 22-Michael Staudt ran to PLL 28 for 3 yards. Tackle by 98-Justin Heal.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>PLL 28</t>
   </si>