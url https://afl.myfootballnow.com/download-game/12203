--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -308,99 +308,99 @@
   <si>
     <t>#14 John Myers - WR</t>
   </si>
   <si>
     <t>#93 Dwight Caba - MLB</t>
   </si>
   <si>
     <t>#66 Matthew Schroeder - DT</t>
   </si>
   <si>
     <t>#91 Michael Butler - MLB</t>
   </si>
   <si>
     <t>#72 Gonzalo Chrisman - RDE</t>
   </si>
   <si>
     <t>#97 Charles Robertson - RDE</t>
   </si>
   <si>
     <t>#95 Cesar Potts - DT</t>
   </si>
   <si>
     <t>#29 William Reese - CB</t>
   </si>
   <si>
-    <t>#60 Frank Najar - LDE</t>
+    <t>#78 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#33 Anthony Kaiser - CB</t>
   </si>
   <si>
     <t>#13 Robert Beedle - K</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PLL 25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PLL 25 (15:00) 4-David Carrick pass Pass knocked down by 41-Humberto Cheatham. incomplete, intended for 82-Bruce Camper.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
-    <t>#81 Melvin King - WR</t>
+    <t>#12 Melvin King - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#70 Kyle McConnell - C</t>
+    <t>#64 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#53 Daniel Martin - RG</t>
   </si>
   <si>
     <t>#63 John Weiss - RT</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#93 Frank Johnson - SLB</t>
   </si>
   <si>
     <t>#98 Justin Heal - MLB</t>
   </si>
@@ -488,93 +488,93 @@
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>PLL 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-PLL 33 (13:36) 8-Gerald Gallardo punts 48 yards to Iow 19. 82-James Williams to Iow 29 for 9 yards. Tackle by 95-Cesar Potts.</t>
   </si>
   <si>
     <t>#8 Gerald Gallardo - P</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#40 Edwin Long - FS</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#59 Robert Tan - RT</t>
   </si>
   <si>
     <t>#65 Michael Turner - C</t>
   </si>
   <si>
     <t>#60 Troy Manuel - LG</t>
   </si>
   <si>
     <t>#52 Tyrone Romero - LT</t>
   </si>
   <si>
     <t>#54 Rudolph Turner - MLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>Iow 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-Iow 29 (13:28) 39-Rosendo Smith ran to Iow 32 for 3 yards. Tackle by 94-Cameron Shields.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#39 Rosendo Smith - RB</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
     <t>#89 Raymond Diebold - TE</t>
   </si>
   <si>
-    <t>#88 Jason Weibel - WR</t>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>#19 Troy Shupe - WR</t>
   </si>
   <si>
     <t>#76 Patrick Bobo - LT</t>
   </si>
   <si>
     <t>#55 William Branch - LG</t>
   </si>
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#61 Charles Turner - RG</t>
   </si>
   <si>
     <t>#72 Bruno Yeager - RT</t>
   </si>
   <si>
     <t>#98 David Johnson - DT</t>
   </si>
   <si>
     <t>#59 Larry Hayek - DT</t>
   </si>
@@ -1397,51 +1397,51 @@
   <si>
     <t>1-10-Iow 37 (6:37) 22-Michael Staudt ran to Iow 37 for -1 yards. Tackle by 54-Walter Stephens.</t>
   </si>
   <si>
     <t>2-11-Iow 37 (5:56) 4-David Carrick pass incomplete, intended for 13-Melvin King. Pressure by 70-William Gray.</t>
   </si>
   <si>
     <t>3-11-Iow 37 (5:53) 22-Michael Staudt ran to Iow 36 for 1 yards. Tackle by 92-John Koffler.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>Iow 36</t>
   </si>
   <si>
     <t>4-9-Iow 36 (5:11) 19-Curtis Robinson 54 yard field goal is GOOD. Iow 17 PLL 3</t>
   </si>
   <si>
     <t>#12 Jerry Downing - QB</t>
   </si>
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>(5:08) 19-Curtis Robinson kicks 74 yards from PLL 35 to Iow -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-Iow 25 (5:08) 39-Rosendo Smith ran to Iow 32 for 7 yards. Tackle by 31-James Perkins.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-3-Iow 32 (4:26) 8-James Myer pass incomplete, dropped by 89-Raymond Diebold.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>3-3-Iow 32 (4:22) 8-James Myer pass incomplete, dropped by 88-Jason Weibel.</t>
   </si>