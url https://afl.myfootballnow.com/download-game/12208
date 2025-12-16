--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -290,60 +290,60 @@
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
-    <t>#27 James Williams - FS</t>
+    <t>#49 James Williams - SS</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#25 Brandon Snipes - CB</t>
   </si>
   <si>
-    <t>#57 Stephen Delaney - LDE</t>
+    <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#58 Kenneth Holbrook - MLB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
@@ -1172,51 +1172,51 @@
   <si>
     <t>4-12-NYK 45 (6:10) 6-Hiram McCallum punts 46 yards to DAY 9.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>DAY 9</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-DAY 9 (6:00) 8-Joseph Peterson pass complete to 84-Charles Velez to DAY 20 for 11 yards. Tackle by 58-Charles Neely. NYK 97-Vince Lewis was injured on the play. He looks like he should be able to return. PENALTY - Defensive Holding (NYK 58-Charles Neely) (Declined)</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>DAY 20</t>
   </si>
   <si>
     <t>1-10-DAY 20 (5:57) 8-Joseph Peterson pass Pass knocked down by 26-Teddy Robinson. incomplete, intended for 81-Robert Lovelady.</t>
   </si>
   <si>
-    <t>#90 Ellis Bennett - DT</t>
+    <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>2-10-DAY 20 (5:54) 32-Douglas Goldman ran to DAY 23 for 3 yards. Tackle by 95-Eddie Goldman.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-7-DAY 23 (5:15) 8-Joseph Peterson pass Pass knocked down by 50-Wayne White. incomplete, intended for 84-Charles Velez.</t>
   </si>
   <si>
     <t>5:11</t>
   </si>
   <si>
     <t>4-7-DAY 23 (5:12) 19-Julian Vieira punts 43 yards to NYK 34. Fair Catch by 15-Kevin Enright.</t>
   </si>
   <si>
     <t>5:04</t>
   </si>