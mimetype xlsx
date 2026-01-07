--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -290,51 +290,51 @@
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
-    <t>#49 James Williams - SS</t>
+    <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#25 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#58 Kenneth Holbrook - MLB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
@@ -347,96 +347,96 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYK 25 (15:00) 9-Ray Allen ran to NYK 30 for 5 yards. Tackle by 95-Arthur Ibarra.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
   <si>
     <t>#9 Ray Allen - RB</t>
   </si>
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
     <t>#80 Johnny Moye - WR</t>
   </si>
   <si>
-    <t>#75 Gary Bishop - RT</t>
+    <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#66 Garrett Gray - LG</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#63 Wayne Merrill - RG</t>
   </si>
   <si>
     <t>#72 Rodolfo Webber - RT</t>
   </si>
   <si>
     <t>#94 Keith Valdez - LDE</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
     <t>#64 Bryan Foster - DT</t>
   </si>
   <si>
     <t>#74 David Mayo - RDE</t>
   </si>
   <si>
     <t>#92 Kenneth Coco - SLB</t>
   </si>
   <si>
     <t>#95 Arthur Ibarra - WLB</t>
   </si>
   <si>
     <t>#99 Matthew Cress - SLB</t>
   </si>
   <si>
     <t>#34 Robert Pearson - CB</t>
   </si>
   <si>
     <t>#30 Diego Epstein - SS</t>
   </si>
   <si>
     <t>#31 Armando Holden - SS</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>NYK 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-5-NYK 30 (14:14) 8-Robert Ramey pass complete to 1-Jesse Jensen to NYK 41 for 11 yards. Tackle by 36-James Smith. PENALTY - Pass Interference (DAY 36-James Smith) (Declined)</t>
   </si>
   <si>
     <t>#87 Leroy Puckett - TE</t>
   </si>
   <si>
     <t>#1 Jesse Jensen - WR</t>
   </si>
   <si>
     <t>#18 Shawn Scanlon - WR</t>
   </si>
@@ -806,51 +806,51 @@
   <si>
     <t>#43 Harold Kennedy - FB</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>NYK 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-NYK 47 (3:59) 19-Julian Vieira punts 45 yards to NYK 2.</t>
   </si>
   <si>
     <t>#19 Julian Vieira - P</t>
   </si>
   <si>
     <t>#66 Terrance Terrill - LT</t>
   </si>
   <si>
-    <t>#77 Gene Lee - LT</t>
+    <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#75 Brett Griffith - RG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>NYK 2</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYK 2 (3:50) 8-Robert Ramey pass complete to 84-Louis Sheets to NYK 11 for 9 yards. Tackle by 29-David Garcia.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>NYK 11</t>
   </si>