--- v2 (2026-01-07)
+++ v3 (2026-02-13)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
     <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
-    <t>#25 Brandon Snipes - CB</t>
+    <t>#41 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#58 Kenneth Holbrook - MLB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>NYK 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-5-NYK 30 (14:14) 8-Robert Ramey pass complete to 1-Jesse Jensen to NYK 41 for 11 yards. Tackle by 36-James Smith. PENALTY - Pass Interference (DAY 36-James Smith) (Declined)</t>
   </si>
   <si>
     <t>#87 Leroy Puckett - TE</t>
   </si>
   <si>
     <t>#1 Jesse Jensen - WR</t>
   </si>
   <si>
-    <t>#18 Shawn Scanlon - WR</t>
+    <t>#83 Shawn Scanlon - WR</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
     <t>#71 Dennis Sisk - WLB</t>
   </si>
   <si>
     <t>#29 David Garcia - SS</t>
   </si>
   <si>
     <t>#36 James Smith - FS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>NYK 41</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>