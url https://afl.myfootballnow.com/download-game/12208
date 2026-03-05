--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -290,51 +290,51 @@
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 75 yards from DAY 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
-    <t>#46 James Williams - SS</t>
+    <t>#34 James Williams - CB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#41 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#52 Mario Abeyta - SLB</t>
   </si>
   <si>
     <t>#58 Kenneth Holbrook - MLB</t>
   </si>
   <si>
     <t>#21 Vontae Davis - CB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>