--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -299,57 +299,57 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Stephen Barrera kicks 74 yards from SWS 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Shannon Manning - RB</t>
   </si>
   <si>
     <t>#95 Kerry Osuna - RDE</t>
   </si>
   <si>
     <t>#93 Lawrence Johnson - DT</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
-    <t>#49 Timothy Kelleher - SS</t>
+    <t>#58 Timothy Kelleher - WLB</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
   <si>
-    <t>#96 Robert Hanson - MLB</t>
+    <t>#93 Robert Hanson - MLB</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#8 Stephen Barrera - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 34-Shannon Manning ran to OAK 27 for 2 yards. Tackle by 59-Eric Miles.</t>
   </si>
@@ -2180,67 +2180,67 @@
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>