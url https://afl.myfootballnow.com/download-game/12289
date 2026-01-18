--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -386,51 +386,51 @@
   <si>
     <t>#91 Wesley Ford - DT</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#66 Roland Jimenez - RDE</t>
   </si>
   <si>
     <t>#53 Robert Patterson - SLB</t>
   </si>
   <si>
     <t>#50 Stephen Hall - MLB</t>
   </si>
   <si>
     <t>#90 Eric Miles - WLB</t>
   </si>
   <si>
     <t>#23 Michael Green - CB</t>
   </si>
   <si>
     <t>#33 Timothy Powers - CB</t>
   </si>
   <si>
-    <t>#39 Dave Rogers - SS</t>
+    <t>#23 Dave Rogers - SS</t>
   </si>
   <si>
     <t>#31 Jeremy Adkisson - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-OAK 27 (14:27) 34-Shannon Manning ran to OAK 29 for 2 yards. Tackle by 50-Stephen Hall.</t>
   </si>
   <si>
     <t>#23 James Tripp - RB</t>
   </si>
   <si>
     <t>#66 Gerardo Howell - TE</t>
   </si>
@@ -488,87 +488,87 @@
   <si>
     <t>#50 Jeffrey Madden - C</t>
   </si>
   <si>
     <t>#70 Robert McNally - RT</t>
   </si>
   <si>
     <t>#98 Justin Anderson - DT</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>SWS 41</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SWS 41 (12:56) 9-Frank Brousseau pass Pass knocked down by 53-James Reyes. incomplete, intended for 20-Michael Overton.</t>
   </si>
   <si>
-    <t>#9 Frank Brousseau - QB</t>
+    <t>#7 Frank Brousseau - QB</t>
   </si>
   <si>
     <t>#33 Ronald Metcalfe - RB</t>
   </si>
   <si>
     <t>#20 Michael Overton - RB</t>
   </si>
   <si>
     <t>#87 Richard Salvo - TE</t>
   </si>
   <si>
     <t>#85 Herbert Bentley - WR</t>
   </si>
   <si>
     <t>#12 Johnnie Klein - WR</t>
   </si>
   <si>
     <t>#73 Thomas Harvey - LG</t>
   </si>
   <si>
     <t>#74 Timothy Price - LG</t>
   </si>
   <si>
-    <t>#71 Clifford Cotton - C</t>
+    <t>#71 Clifford Cotton - RT</t>
   </si>
   <si>
     <t>#76 Donald Vanzant - RT</t>
   </si>
   <si>
     <t>#78 James Torres - RT</t>
   </si>
   <si>
     <t>#71 David McNeil - LDE</t>
   </si>
   <si>
-    <t>#95 Shad Grier - MLB</t>
+    <t>#97 Shad Grier - MLB</t>
   </si>
   <si>
     <t>#53 James Reyes - WLB</t>
   </si>
   <si>
     <t>#32 Andrew Clements - CB</t>
   </si>
   <si>
     <t>#41 George Wheeler - SS</t>
   </si>
   <si>
     <t>#33 Thomas Pankey - SS</t>
   </si>
   <si>
     <t>#24 Craig Gutierrez - FS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -737,57 +737,57 @@
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-5-SWS 40 (6:18) 3-Alvin Crocker pass Pass knocked down by 59-Eric Miles. incomplete, intended for 18-James Tripp.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-SWS 40 (6:16) 8-Homer Matus 57 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#6 Karl Nokes - QB</t>
   </si>
   <si>
     <t>#8 Homer Matus - K</t>
   </si>
   <si>
-    <t>#51 Ryan Dubuc - RDE</t>
-[...5 lines deleted...]
-    <t>#60 James Myers - RDE</t>
+    <t>#69 Ryan Dubuc - RDE</t>
+  </si>
+  <si>
+    <t>#70 James Dorsett - RDE</t>
+  </si>
+  <si>
+    <t>#74 James Myers - RDE</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
   <si>
     <t>SWS 47</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-SWS 47 (6:12) 46-Ronald Metcalfe ran to OAK 43 for 10 yards. Tackle by 40-Thomas Pankey. SWS 18-Herbert Bentley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-OAK 43 (5:39) 9-Frank Brousseau pass complete to 46-Ronald Metcalfe to OAK 35 for 7 yards. Tackle by 56-Robert Hanson.</t>
   </si>
@@ -2166,93 +2166,93 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="345.487" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>