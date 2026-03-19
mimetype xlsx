--- v2 (2026-01-18)
+++ v3 (2026-03-19)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Stephen Barrera kicks 74 yards from SWS 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Shannon Manning - RB</t>
   </si>
   <si>
     <t>#95 Kerry Osuna - RDE</t>
   </si>
   <si>
     <t>#93 Lawrence Johnson - DT</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
-    <t>#58 Timothy Kelleher - WLB</t>
+    <t>#96 Timothy Kelleher - DT</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
   <si>
     <t>#93 Robert Hanson - MLB</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#8 Stephen Barrera - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-OAK 25 (15:00) 34-Shannon Manning ran to OAK 27 for 2 yards. Tackle by 59-Eric Miles.</t>
   </si>
   <si>
     <t>#4 Alvin Crocker - QB</t>
   </si>
   <si>
     <t>#49 Allen Tosh - FB</t>
   </si>
   <si>
     <t>#85 Brandon Egerton - TE</t>
   </si>
   <si>
     <t>#14 Jonathan Boivin - WR</t>
   </si>
   <si>
     <t>#69 Jimmie Seay - RT</t>
   </si>
   <si>
     <t>#81 David Jarnigan - TE</t>
   </si>
   <si>
     <t>#52 Joshua Henson - C</t>
   </si>
   <si>
-    <t>#60 Harry Escobar - RG</t>
+    <t>#61 Harry Escobar - RG</t>
   </si>
   <si>
     <t>#50 Gabriel Brady - RT</t>
   </si>
   <si>
     <t>#77 James Brown - RDE</t>
   </si>
   <si>
     <t>#91 Wesley Ford - DT</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#66 Roland Jimenez - RDE</t>
   </si>
   <si>
     <t>#53 Robert Patterson - SLB</t>
   </si>
   <si>
     <t>#50 Stephen Hall - MLB</t>
   </si>
   <si>
     <t>#90 Eric Miles - WLB</t>
   </si>
@@ -2180,67 +2180,67 @@
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>