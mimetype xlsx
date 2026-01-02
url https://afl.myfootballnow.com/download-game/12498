--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -338,93 +338,93 @@
   <si>
     <t>#19 Curtis Robinson - K</t>
   </si>
   <si>
     <t>AFP</t>
   </si>
   <si>
     <t>AFP 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-KCC 25 (15:00) 23-Floyd Braggs ran to KCC 32 for 7 yards. Tackle by 48-Charles Goff.</t>
   </si>
   <si>
     <t>#11 Darren Legaspi - QB</t>
   </si>
   <si>
     <t>#44 Mark Shields - FB</t>
   </si>
   <si>
-    <t>#83 John Ceron - TE</t>
+    <t>#83 John Ceron - FB</t>
   </si>
   <si>
     <t>#85 David Burgess - WR</t>
   </si>
   <si>
     <t>#83 Danny Durham - WR</t>
   </si>
   <si>
-    <t>#75 Collin McNamara - RT</t>
+    <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>#59 Derrick Brown - LG</t>
   </si>
   <si>
     <t>#51 Elliot Smith - C</t>
   </si>
   <si>
     <t>#79 Dustin House - RT</t>
   </si>
   <si>
     <t>#56 Joe Louque - RT</t>
   </si>
   <si>
     <t>#60 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#66 Matthew Schroeder - DT</t>
   </si>
   <si>
     <t>#59 Larry Hayek - DT</t>
   </si>
   <si>
     <t>#72 Gonzalo Chrisman - RDE</t>
   </si>
   <si>
     <t>#93 Dwight Caba - MLB</t>
   </si>
   <si>
     <t>#92 Cameron Shields - LDE</t>
   </si>
   <si>
-    <t>#58 Jack Shuff - WLB</t>
+    <t>#57 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>#37 Randy Olson - CB</t>
   </si>
   <si>
     <t>#29 William Reese - CB</t>
   </si>
   <si>
     <t>#44 Charles Goff - SS</t>
   </si>
   <si>
     <t>#23 Ralph Lee - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>AFP 32</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PLL 25 (5:49) 4-David Carrick pass Pass knocked down by 53-Gene Hunter. incomplete, intended for 47-Glen Snell.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#70 Kyle McConnell - C</t>
+    <t>#58 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#63 John Weiss - RT</t>
   </si>
   <si>
     <t>#93 Rocco White - DT</t>
   </si>
   <si>
     <t>#69 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#55 Alfredo Marin - WLB</t>
   </si>
   <si>
     <t>#20 Glenn Lazo - FS</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>PLL 9</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-13-PLL 9 (2:00) 22-Michael Staudt ran to PLL 22 for 13 yards. Tackle by 25-Arnold Lynch.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>PLL 22</t>
   </si>
   <si>
     <t>3-1-PLL 22 (1:17) 22-Michael Staudt ran to PLL 23 for 1 yards. Tackle by 49-Richard Cruickshank.</t>
   </si>
   <si>
     <t>#37 Daniel Mabry - RB</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
+    <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>#90 Robert Seward - DT</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>PLL 23</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PLL 23 (0:41) 4-David Carrick pass complete to 47-Glen Snell to PLL 31 for 8 yards. Tackle by 49-Richard Cruickshank.</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>PLL 31</t>
   </si>
@@ -950,51 +950,51 @@
   <si>
     <t>AFP 29</t>
   </si>
   <si>
     <t>3-1-KCC 29 (12:22) 37-Daniel Mabry ran to KCC 30 for -1 yards. Tackle by 54-Alfredo Marin.</t>
   </si>
   <si>
     <t>#45 Edward Rouse - CB</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>AFP 30</t>
   </si>
   <si>
     <t>4-2-KCC 30 (11:47) 19-Curtis Robinson 47 yard field goal is GOOD. KCC 3 PLL 3</t>
   </si>
   <si>
     <t>#18 Herman Lawson - QB</t>
   </si>
   <si>
     <t>#99 Joshua Torres - MLB</t>
   </si>
   <si>
-    <t>#77 Cody Boudreaux - RDE</t>
+    <t>#76 Cody Boudreaux - RDE</t>
   </si>
   <si>
     <t>#95 Herbert Wade - MLB</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>(11:43) 19-Curtis Robinson kicks 75 yards from PLL 35 to KCC -10. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-KCC 25 (11:43) 23-Floyd Braggs ran to KCC 25 for a short gain. Tackle by 93-Dwight Caba.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>2-10-KCC 25 (11:11) 23-Floyd Braggs ran to KCC 34 for 9 yards. Tackle by 94-Cameron Shields.</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
@@ -2125,92 +2125,92 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="344.345" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>