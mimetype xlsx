--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -908,51 +908,51 @@
   <si>
     <t>2-10-NWO 29 (0:22) 1-Jimmy Boyden pass incomplete, intended for 80-Clarence Williamson.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>3-10-NWO 29 (0:18) 42-Gerald Burke ran to NWO 33 for -4 yards. Tackle by 93-Justin Said.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>NWO 33</t>
   </si>
   <si>
     <t>4-14-NWO 33 (15:00) 4-Michael Scott 51 yard field goal is GOOD. NWO 10 TBY 3</t>
   </si>
   <si>
     <t>#8 Julius Murph - P</t>
   </si>
   <si>
-    <t>#60 Leroy Coster - C</t>
+    <t>#63 Leroy Coster - C</t>
   </si>
   <si>
     <t>#74 Jody Mullican - RDE</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>(14:57) 4-Michael Scott kicks 74 yards from TBY 35 to NWO -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NWO 25 (14:57) 21-Eric Griffin ran to NWO 28 for 3 yards. Tackle by 58-Kenneth Holbrook.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NWO 28</t>
   </si>
   <si>
     <t>2-7-NWO 28 (14:18) 14-Leon Strong pass complete to 21-Eric Griffin to NWO 41 for 13 yards. Pushed out of bounds by 43-Andre Burnett. 53-Orville Minton got away with a hold on that play.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>