--- v1 (2025-12-30)
+++ v2 (2026-03-30)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NWO has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Michael Scott kicks 70 yards from TBY 35 to NWO -5. Touchback.</t>
   </si>
   <si>
     <t>#28 Raymond Griffin - RB</t>
   </si>
   <si>
-    <t>#58 Nolan Hull - RDE</t>
+    <t>#68 Nolan Hull - RDE</t>
   </si>
   <si>
     <t>#91 Russell Gregory - WLB</t>
   </si>
   <si>
     <t>#57 Teddy Crosby - MLB</t>
   </si>
   <si>
     <t>#93 Justin Said - LDE</t>
   </si>
   <si>
     <t>#73 Clayton Wright - DT</t>
   </si>
   <si>
     <t>#69 Brian Bailey - DT</t>
   </si>
   <si>
     <t>#40 Max Ryan - CB</t>
   </si>
   <si>
     <t>#58 Tommy Osborne - WLB</t>
   </si>
   <si>
     <t>#95 Daniel Poole - MLB</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-TBY 25 (11:30) 1-Jimmy Boyden pass Pass knocked down by 20-Randy Mason. incomplete, intended for 11-Tom Vansant.</t>
   </si>
   <si>
     <t>#1 Jimmy Boyden - QB</t>
   </si>
   <si>
     <t>#80 Clarence Williamson - TE</t>
   </si>
   <si>
     <t>#10 Tom Vansant - WR</t>
   </si>
   <si>
     <t>#10 Benjamin Quinn - WR</t>
   </si>
   <si>
     <t>#18 Jeramy Guerra - WR</t>
   </si>
   <si>
     <t>#52 Tyrone Romero - LT</t>
   </si>
   <si>
-    <t>#73 Steven Wells - LG</t>
+    <t>#64 Steven Wells - LG</t>
   </si>
   <si>
     <t>#78 Joshua Yarbrough - C</t>
   </si>
   <si>
     <t>#77 David White - RG</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
     <t>#44 Edwin Ford - CB</t>
   </si>
   <si>
     <t>#26 Randy Mason - CB</t>
   </si>
   <si>
     <t>#22 Curtis Ellis - SS</t>
   </si>
   <si>
     <t>#36 Anthony Sword - FS</t>
   </si>
   <si>
     <t>11:25</t>
   </si>