--- v0 (2026-01-02)
+++ v1 (2026-02-01)
@@ -608,51 +608,51 @@
   <si>
     <t>#81 Terry Hasegawa - WR</t>
   </si>
   <si>
     <t>#17 Larry McCray - WR</t>
   </si>
   <si>
     <t>#15 Fernando Hendren - WR</t>
   </si>
   <si>
     <t>#52 Wilbur Woodring - LT</t>
   </si>
   <si>
     <t>#55 Scott Jones - LG</t>
   </si>
   <si>
     <t>#74 Troy Quesenberry - C</t>
   </si>
   <si>
     <t>#65 Oscar Mahoney - RG</t>
   </si>
   <si>
     <t>#68 Kevin Graves - RT</t>
   </si>
   <si>
-    <t>#67 Joel Thurber - DT</t>
+    <t>#72 Joel Thurber - DT</t>
   </si>
   <si>
     <t>#67 Wayne Collazo - DT</t>
   </si>
   <si>
     <t>#51 Stanley Anderson - MLB</t>
   </si>
   <si>
     <t>#41 Billy Patterson - CB</t>
   </si>
   <si>
     <t>#38 Bill Cox - SS</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>Bat 29</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-4-Bat 29 (8:15) 15-Patrick Laurel pass incomplete, dropped by 47-Milton Swain.</t>
   </si>