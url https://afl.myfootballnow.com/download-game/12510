--- v0 (2025-11-01)
+++ v1 (2025-12-29)
@@ -416,51 +416,51 @@
   <si>
     <t>#46 Santos Leslie - CB</t>
   </si>
   <si>
     <t>#41 Humberto Cheatham - SS</t>
   </si>
   <si>
     <t>#48 Walter Ackerman - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>COL 19</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-8-COL 19 (14:16) 5-Christopher Russell pass complete to 11-Mathew Mueller to COL 22 for 3 yards. Pushed out of bounds by 28-Alan McDonald. 11-Mathew Mueller breaks down the CB.</t>
   </si>
   <si>
-    <t>#11 Mathew Mueller - WR</t>
+    <t>#87 Mathew Mueller - WR</t>
   </si>
   <si>
     <t>#28 Alan McDonald - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>COL 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-5-COL 22 (13:39) 88-Brett Newcomb ran to COL 24 for 2 yards. Tackle by 41-Humberto Cheatham. COL 80-Leon Heap was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>COL 24</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>COL 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-COL 25 (4:54) 88-Brett Newcomb ran to COL 29 for 4 yards. Tackle by 48-Walter Ackerman.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>COL 29</t>
   </si>
   <si>
     <t>2-6-COL 29 (4:22) 88-Brett Newcomb ran to COL 36 for 7 yards. Tackle by 54-Lance Kelly.</t>
   </si>
   <si>
     <t>#27 Robert Cunningham - FB</t>
   </si>
   <si>
-    <t>#91 Richard Young - RDE</t>
+    <t>#91 Richard Young - DT</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>COL 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-COL 36 (3:45) 88-Brett Newcomb ran to COL 38 for 2 yards. Tackle by 98-Bruce Thoreson.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>COL 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -2219,51 +2219,51 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>