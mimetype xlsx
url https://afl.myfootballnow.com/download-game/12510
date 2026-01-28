--- v1 (2025-12-29)
+++ v2 (2026-01-28)
@@ -488,51 +488,51 @@
   <si>
     <t>#69 Rick Lichtenstein - RT</t>
   </si>
   <si>
     <t>#52 Donald Hill - MLB</t>
   </si>
   <si>
     <t>#96 Zachary Bingham - DT</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>MUD 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-UND 25 (12:52) 45-Stanley Hanson ran to UND 35 for 10 yards. Tackle by 30-Frank Slone.</t>
   </si>
   <si>
-    <t>#4 Maurice Ashcraft - QB</t>
+    <t>#8 Maurice Ashcraft - QB</t>
   </si>
   <si>
     <t>#45 Stanley Hanson - RB</t>
   </si>
   <si>
     <t>#83 Scott Young - TE</t>
   </si>
   <si>
     <t>#80 Travis Carranza - WR</t>
   </si>
   <si>
     <t>#17 Donald Borja - WR</t>
   </si>
   <si>
     <t>#71 Richard Frary - LT</t>
   </si>
   <si>
     <t>#67 Alvin Murray - LG</t>
   </si>
   <si>
     <t>#76 Henry Decesare - C</t>
   </si>
   <si>
     <t>#74 Michael Williams - RG</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>COL 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-COL 25 (4:54) 88-Brett Newcomb ran to COL 29 for 4 yards. Tackle by 48-Walter Ackerman.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>COL 29</t>
   </si>
   <si>
     <t>2-6-COL 29 (4:22) 88-Brett Newcomb ran to COL 36 for 7 yards. Tackle by 54-Lance Kelly.</t>
   </si>
   <si>
     <t>#27 Robert Cunningham - FB</t>
   </si>
   <si>
-    <t>#91 Richard Young - DT</t>
+    <t>#91 Richard Young - RDE</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>COL 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-COL 36 (3:45) 88-Brett Newcomb ran to COL 38 for 2 yards. Tackle by 98-Bruce Thoreson.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>COL 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -1502,51 +1502,51 @@
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>4-2-COL 50 (6:06) 1-Jean Brown punts 35 yards to COL 14. COL 34-Edward Kissee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>1-10-COL 14 (5:59) 5-Christopher Russell pass complete to 16-Arthur Frampton to COL 27 for 13 yards. Tackle by 28-Alan McDonald. Great move by 16-Arthur Frampton to get free of his coverage.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>1-10-COL 27 (5:14) 88-Brett Newcomb ran to COL 38 for 11 yards. Tackle by 40-Samuel Rolph. COL 71-Jason Bowman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>1-10-COL 38 (4:31) 5-Christopher Russell pass complete to 11-Mathew Mueller to COL 43 for 5 yards. Tackle by 26-Chester Vice. 11-Mathew Mueller made a great move on the CB. COL 62-Arturo Erickson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#60 Harold Meza - C</t>
+    <t>#63 Harold Meza - C</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>2-5-COL 43 (3:48) 88-Brett Newcomb ran to COL 40 for -3 yards. Tackle by 55-Shannon Heinrich. 74-Harry Spires missed that block completely.</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>COL 40</t>
   </si>
   <si>
     <t>3-8-COL 40 (3:08) 88-Brett Newcomb ran to COL 43 for 3 yards. Tackle by 75-Anthony Myers.</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>4-5-COL 43 (2:24) 2-Barry Helton punts 52 yards to UND 5.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
@@ -2219,51 +2219,51 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>