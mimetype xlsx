--- v2 (2026-01-28)
+++ v3 (2026-03-30)
@@ -338,60 +338,60 @@
   <si>
     <t>#16 Adam McFarlin - K</t>
   </si>
   <si>
     <t>COL</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>COL 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-COL 17 (14:58) 88-Brett Newcomb ran to COL 19 for 2 yards. Tackle by 48-Walter Ackerman.</t>
   </si>
   <si>
     <t>#5 Christopher Russell - QB</t>
   </si>
   <si>
-    <t>#88 Brett Newcomb - WR</t>
+    <t>#87 Brett Newcomb - WR</t>
   </si>
   <si>
     <t>#43 Edwin Schutt - FB</t>
   </si>
   <si>
-    <t>#80 Leon Heap - TE</t>
-[...2 lines deleted...]
-    <t>#18 James Burton - WR</t>
+    <t>#81 Leon Heap - TE</t>
+  </si>
+  <si>
+    <t>#89 James Burton - WR</t>
   </si>
   <si>
     <t>#16 Arthur Frampton - WR</t>
   </si>
   <si>
     <t>#62 Arturo Erickson - LG</t>
   </si>
   <si>
     <t>#77 Jose Slocum - RG</t>
   </si>
   <si>
     <t>#73 Harry Spires - LT</t>
   </si>
   <si>
     <t>#71 Jason Bowman - RG</t>
   </si>
   <si>
     <t>#66 Richard Lau - RG</t>
   </si>
   <si>
     <t>#90 Brian Schulz - DT</t>
   </si>
   <si>
     <t>#73 Bruce Thoreson - DT</t>
   </si>