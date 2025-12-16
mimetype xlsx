--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -545,51 +545,51 @@
   <si>
     <t>#11 Dale Canales - QB</t>
   </si>
   <si>
     <t>#47 Steve Unger - RB</t>
   </si>
   <si>
     <t>#26 Lee Savage - RB</t>
   </si>
   <si>
     <t>#21 Steve Burns - FB</t>
   </si>
   <si>
     <t>#83 Thomas Owens - TE</t>
   </si>
   <si>
     <t>#81 Mitchell McEachern - TE</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
     <t>#65 Willie Oleary - LG</t>
   </si>
   <si>
-    <t>#52 Ronald Kent - C</t>
+    <t>#52 Ronald Kent - LG</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
     <t>#76 Mark Johnson - RT</t>
   </si>
   <si>
     <t>#53 Christopher Singleton - WLB</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#55 Jason Thompson - MLB</t>
   </si>
   <si>
     <t>#58 Cory Rivera - WLB</t>
   </si>
   <si>
     <t>#24 John Welliver - SS</t>
   </si>
   <si>
     <t>#26 John Christiansen - SS</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>3-11-AMM 47 (6:46) 11-Dale Canales pass complete to 83-Thomas Owens to AMM 41 for 6 yards. Tackle by 42-Jeffery Hamilton.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>AMM 41</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-AMM 41 (6:05) 7-James Poteet 58 yard field goal is GOOD. DAK 3 AMM 0</t>
   </si>
   <si>
     <t>#9 Brandon Saunders - QB</t>
   </si>
   <si>
     <t>#73 Anthony Charles - C</t>
   </si>
   <si>
-    <t>#79 James Tarrance - C</t>
+    <t>#54 James Tarrance - C</t>
   </si>
   <si>
     <t>#78 Dustin Arnold - RT</t>
   </si>
   <si>
     <t>#79 Donald Mauer - LG</t>
   </si>
   <si>
     <t>#57 Alexander Bradley - WLB</t>
   </si>
   <si>
     <t>#99 Paul Barnett - LDE</t>
   </si>
   <si>
     <t>#98 Richard Dunning - WLB</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
     <t>(6:01) 7-James Poteet kicks 74 yards from DAK 35 to AMM -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>