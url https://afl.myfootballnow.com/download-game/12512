--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -344,51 +344,51 @@
   <si>
     <t>AMM 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-AMM 25 (15:00) 45-Abraham Reyes ran to AMM 26 for 1 yards. Tackle by 54-George Goodson.</t>
   </si>
   <si>
     <t>#5 Vincent Mack - QB</t>
   </si>
   <si>
     <t>#40 Alejandro Means - FB</t>
   </si>
   <si>
     <t>#86 Russell Clancy - TE</t>
   </si>
   <si>
     <t>#87 Nathan Goldberg - TE</t>
   </si>
   <si>
-    <t>#85 George Poole - TE</t>
+    <t>#85 George Poole - FB</t>
   </si>
   <si>
     <t>#68 Roger Odom - C</t>
   </si>
   <si>
     <t>#64 Allen Hanna - LG</t>
   </si>
   <si>
     <t>#59 Terry Otto - C</t>
   </si>
   <si>
     <t>#72 Roy Byers - RG</t>
   </si>
   <si>
     <t>#74 Gary Montoya - RG</t>
   </si>
   <si>
     <t>#53 Albert Strickland - DT</t>
   </si>
   <si>
     <t>#77 Michael Torres - LDE</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>