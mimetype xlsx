--- v2 (2026-01-15)
+++ v3 (2026-03-16)
@@ -362,51 +362,51 @@
   <si>
     <t>#86 Russell Clancy - TE</t>
   </si>
   <si>
     <t>#87 Nathan Goldberg - TE</t>
   </si>
   <si>
     <t>#85 George Poole - FB</t>
   </si>
   <si>
     <t>#68 Roger Odom - C</t>
   </si>
   <si>
     <t>#64 Allen Hanna - LG</t>
   </si>
   <si>
     <t>#59 Terry Otto - C</t>
   </si>
   <si>
     <t>#72 Roy Byers - RG</t>
   </si>
   <si>
     <t>#74 Gary Montoya - RG</t>
   </si>
   <si>
-    <t>#53 Albert Strickland - DT</t>
+    <t>#75 Albert Strickland - DT</t>
   </si>
   <si>
     <t>#77 Michael Torres - LDE</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
     <t>#52 John Johnson - DT</t>
   </si>
   <si>
     <t>#90 Carl Jepsen - RDE</t>
   </si>
   <si>
     <t>#59 Michael Bush - SLB</t>
   </si>
   <si>
     <t>#58 George Goodson - MLB</t>
   </si>
   <si>
     <t>#55 Jerry Myers - WLB</t>
   </si>
   <si>
     <t>#45 Gary Grove - CB</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>1-10-DAK 11 (12:22) 47-Steve Unger ran to DAK 13 for 2 yards. Tackle by 50-Cory Rivera.</t>
   </si>
   <si>
     <t>#11 Dale Canales - QB</t>
   </si>
   <si>
     <t>#47 Steve Unger - RB</t>
   </si>
   <si>
     <t>#26 Lee Savage - RB</t>
   </si>
   <si>
     <t>#21 Steve Burns - FB</t>
   </si>
   <si>
     <t>#83 Thomas Owens - TE</t>
   </si>
   <si>
     <t>#81 Mitchell McEachern - TE</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
-    <t>#65 Willie Oleary - LG</t>
+    <t>#64 Willie Oleary - LG</t>
   </si>
   <si>
     <t>#52 Ronald Kent - LG</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
     <t>#76 Mark Johnson - RT</t>
   </si>
   <si>
     <t>#53 Christopher Singleton - WLB</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#55 Jason Thompson - MLB</t>
   </si>
   <si>
     <t>#58 Cory Rivera - WLB</t>
   </si>
   <si>
     <t>#24 John Welliver - SS</t>
   </si>